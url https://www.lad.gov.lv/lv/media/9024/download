--- v0 (2025-10-16)
+++ v1 (2026-03-12)
@@ -33,64 +33,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00805108">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Informācija par klientu __________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>_____</w:t>
-[...12 lines deleted...]
-        <w:t>___</w:t>
+        <w:t>________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F04C0E9" w14:textId="790DC32C" w:rsidR="00805108" w:rsidRPr="00805108" w:rsidRDefault="00805108" w:rsidP="00805108">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00805108">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(vārds, uzvārds/ nosaukums) </w:t>
@@ -1926,51 +1913,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1013" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="44EE20F3" w14:textId="77777777" w:rsidR="009A5213" w:rsidRDefault="009A5213" w:rsidP="00D32929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="182A8A22" w14:textId="4D8D773F" w:rsidR="009A5213" w:rsidRPr="00805108" w:rsidRDefault="00C0060B" w:rsidP="00C0060B">
+    <w:p w14:paraId="182A8A22" w14:textId="4A4F6884" w:rsidR="009A5213" w:rsidRPr="00805108" w:rsidRDefault="00C0060B" w:rsidP="00C0060B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E2385">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2059,60 +2046,62 @@
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00805108">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">lauksaimnieciskajā darbībā, tabulā norādīto informāciju var aizpildīt, izmantojot </w:t>
       </w:r>
       <w:r w:rsidR="00D93369" w:rsidRPr="00805108">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00D93369">
+      <w:r w:rsidR="00840247">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>4</w:t>
-      </w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00805108">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">.gada datus. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33020535" w14:textId="77777777" w:rsidR="00C0060B" w:rsidRPr="00C0060B" w:rsidRDefault="00C0060B" w:rsidP="00C0060B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F8E8756" w14:textId="77777777" w:rsidR="00A3535D" w:rsidRPr="007411E0" w:rsidRDefault="00A3535D" w:rsidP="00A3535D">
@@ -2727,69 +2716,70 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A5213"/>
     <w:rsid w:val="000E2385"/>
     <w:rsid w:val="00111FB7"/>
     <w:rsid w:val="001A05B1"/>
     <w:rsid w:val="00260176"/>
     <w:rsid w:val="007D4CE5"/>
     <w:rsid w:val="00805108"/>
+    <w:rsid w:val="00840247"/>
     <w:rsid w:val="009A5213"/>
     <w:rsid w:val="009B7F59"/>
     <w:rsid w:val="00A3535D"/>
     <w:rsid w:val="00B913DA"/>
     <w:rsid w:val="00BE39EA"/>
     <w:rsid w:val="00C0060B"/>
     <w:rsid w:val="00CE4445"/>
     <w:rsid w:val="00D414EC"/>
     <w:rsid w:val="00D93369"/>
     <w:rsid w:val="00F11D89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:bidi="ar-SA"/>