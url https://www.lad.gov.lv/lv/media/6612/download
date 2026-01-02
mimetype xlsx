--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -1,282 +1,285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\martins.irbe\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C718D2FA-1DCC-4D76-A116-BC3BAA5E2C25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet2" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet2!$A$3:$G$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A196" i="2" l="1"/>
-[...84 lines deleted...]
-  <c r="A124" i="2"/>
+  <c r="A194" i="2" l="1"/>
+  <c r="A195" i="2"/>
+  <c r="A196" i="2"/>
+  <c r="A176" i="2"/>
+  <c r="A177" i="2"/>
+  <c r="A178" i="2"/>
+  <c r="A179" i="2"/>
+  <c r="A180" i="2"/>
+  <c r="A181" i="2"/>
+  <c r="A182" i="2"/>
+  <c r="A183" i="2"/>
+  <c r="A184" i="2"/>
+  <c r="A185" i="2"/>
+  <c r="A186" i="2"/>
+  <c r="A187" i="2"/>
+  <c r="A188" i="2"/>
+  <c r="A189" i="2"/>
+  <c r="A190" i="2"/>
+  <c r="A191" i="2"/>
+  <c r="A192" i="2"/>
+  <c r="A193" i="2"/>
+  <c r="A155" i="2"/>
+  <c r="A156" i="2"/>
+  <c r="A157" i="2"/>
+  <c r="A158" i="2"/>
+  <c r="A159" i="2"/>
+  <c r="A160" i="2"/>
+  <c r="A161" i="2"/>
+  <c r="A162" i="2"/>
+  <c r="A163" i="2"/>
+  <c r="A164" i="2"/>
+  <c r="A165" i="2"/>
+  <c r="A166" i="2"/>
+  <c r="A167" i="2"/>
+  <c r="A168" i="2"/>
+  <c r="A169" i="2"/>
+  <c r="A170" i="2"/>
+  <c r="A171" i="2"/>
+  <c r="A172" i="2"/>
+  <c r="A173" i="2"/>
+  <c r="A174" i="2"/>
+  <c r="A175" i="2"/>
+  <c r="A147" i="2"/>
+  <c r="A148" i="2"/>
+  <c r="A149" i="2"/>
+  <c r="A150" i="2"/>
+  <c r="A151" i="2"/>
+  <c r="A152" i="2"/>
+  <c r="A153" i="2"/>
+  <c r="A154" i="2"/>
   <c r="A125" i="2"/>
   <c r="A126" i="2"/>
   <c r="A127" i="2"/>
   <c r="A128" i="2"/>
   <c r="A129" i="2"/>
   <c r="A130" i="2"/>
   <c r="A131" i="2"/>
   <c r="A132" i="2"/>
   <c r="A133" i="2"/>
   <c r="A134" i="2"/>
   <c r="A135" i="2"/>
   <c r="A136" i="2"/>
   <c r="A137" i="2"/>
   <c r="A138" i="2"/>
   <c r="A139" i="2"/>
   <c r="A140" i="2"/>
   <c r="A141" i="2"/>
   <c r="A142" i="2"/>
   <c r="A143" i="2"/>
   <c r="A144" i="2"/>
   <c r="A145" i="2"/>
   <c r="A146" i="2"/>
-  <c r="A147" i="2"/>
-[...48 lines deleted...]
-  <c r="A33" i="2"/>
+  <c r="A105" i="2"/>
+  <c r="A106" i="2"/>
+  <c r="A107" i="2"/>
+  <c r="A108" i="2"/>
+  <c r="A109" i="2"/>
+  <c r="A110" i="2"/>
+  <c r="A111" i="2"/>
+  <c r="A112" i="2"/>
+  <c r="A113" i="2"/>
+  <c r="A114" i="2"/>
+  <c r="A115" i="2"/>
+  <c r="A116" i="2"/>
+  <c r="A117" i="2"/>
+  <c r="A118" i="2"/>
+  <c r="A119" i="2"/>
+  <c r="A120" i="2"/>
+  <c r="A121" i="2"/>
+  <c r="A122" i="2"/>
+  <c r="A123" i="2"/>
+  <c r="A124" i="2"/>
+  <c r="A86" i="2"/>
+  <c r="A87" i="2"/>
+  <c r="A88" i="2"/>
+  <c r="A89" i="2"/>
+  <c r="A90" i="2"/>
+  <c r="A91" i="2"/>
+  <c r="A92" i="2"/>
+  <c r="A93" i="2"/>
+  <c r="A94" i="2"/>
+  <c r="A95" i="2"/>
+  <c r="A96" i="2"/>
+  <c r="A97" i="2"/>
+  <c r="A98" i="2"/>
+  <c r="A99" i="2"/>
+  <c r="A100" i="2"/>
+  <c r="A101" i="2"/>
+  <c r="A102" i="2"/>
+  <c r="A103" i="2"/>
+  <c r="A104" i="2"/>
+  <c r="A68" i="2"/>
+  <c r="A69" i="2"/>
+  <c r="A70" i="2"/>
+  <c r="A71" i="2"/>
+  <c r="A72" i="2"/>
+  <c r="A73" i="2"/>
+  <c r="A74" i="2"/>
+  <c r="A75" i="2"/>
+  <c r="A76" i="2"/>
+  <c r="A77" i="2"/>
+  <c r="A78" i="2"/>
+  <c r="A79" i="2"/>
+  <c r="A80" i="2"/>
+  <c r="A81" i="2"/>
+  <c r="A82" i="2"/>
+  <c r="A83" i="2"/>
+  <c r="A84" i="2"/>
+  <c r="A85" i="2"/>
+  <c r="A49" i="2"/>
+  <c r="A50" i="2"/>
+  <c r="A51" i="2"/>
+  <c r="A52" i="2"/>
+  <c r="A53" i="2"/>
+  <c r="A54" i="2"/>
+  <c r="A55" i="2"/>
+  <c r="A56" i="2"/>
+  <c r="A57" i="2"/>
+  <c r="A58" i="2"/>
+  <c r="A59" i="2"/>
+  <c r="A60" i="2"/>
+  <c r="A61" i="2"/>
+  <c r="A62" i="2"/>
+  <c r="A63" i="2"/>
+  <c r="A64" i="2"/>
+  <c r="A65" i="2"/>
+  <c r="A66" i="2"/>
+  <c r="A67" i="2"/>
   <c r="A34" i="2"/>
   <c r="A35" i="2"/>
   <c r="A36" i="2"/>
   <c r="A37" i="2"/>
   <c r="A38" i="2"/>
   <c r="A39" i="2"/>
+  <c r="A40" i="2"/>
+  <c r="A41" i="2"/>
+  <c r="A42" i="2"/>
+  <c r="A43" i="2"/>
+  <c r="A44" i="2"/>
+  <c r="A45" i="2"/>
+  <c r="A46" i="2"/>
+  <c r="A47" i="2"/>
+  <c r="A48" i="2"/>
+  <c r="A31" i="2"/>
+  <c r="A32" i="2"/>
+  <c r="A33" i="2"/>
   <c r="A5" i="2"/>
   <c r="A6" i="2"/>
   <c r="A7" i="2"/>
   <c r="A8" i="2"/>
   <c r="A9" i="2"/>
   <c r="A10" i="2"/>
   <c r="A11" i="2"/>
   <c r="A12" i="2"/>
   <c r="A13" i="2"/>
   <c r="A14" i="2"/>
   <c r="A15" i="2"/>
   <c r="A16" i="2"/>
   <c r="A17" i="2"/>
   <c r="A18" i="2"/>
   <c r="A19" i="2"/>
   <c r="A20" i="2"/>
   <c r="A21" i="2"/>
   <c r="A22" i="2"/>
   <c r="A23" i="2"/>
   <c r="A24" i="2"/>
   <c r="A25" i="2"/>
   <c r="A26" i="2"/>
   <c r="A27" i="2"/>
   <c r="A28" i="2"/>
   <c r="A29" i="2"/>
   <c r="A30" i="2"/>
-  <c r="A31" i="2"/>
-  <c r="A32" i="2"/>
   <c r="A4" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="573" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="311">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Reģistrācijas Nr.</t>
   </si>
   <si>
     <t>Lēmuma datums</t>
   </si>
   <si>
     <t>SIA JOŽI</t>
   </si>
   <si>
     <t>0163</t>
   </si>
   <si>
     <t>SIA ALL recycling</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>ZS LIEPMUIŽA</t>
   </si>
   <si>
@@ -810,53 +813,50 @@
   <si>
     <t>SIA PPE SERVISS</t>
   </si>
   <si>
     <t>SIA ZIEGLERA MAŠĪNBŪVE</t>
   </si>
   <si>
     <t>SIA L-EKSPRESIS</t>
   </si>
   <si>
     <t>SIA LAS-1 , SIA</t>
   </si>
   <si>
     <t>ZS "BEBRI"</t>
   </si>
   <si>
     <t>SIA Zibenszeļļi</t>
   </si>
   <si>
     <t>SIA INTS &amp; CO</t>
   </si>
   <si>
     <t>SIA BALTIC PRO FOOD</t>
   </si>
   <si>
-    <t>SIA RAMATAS PLUS</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA UZVARA-LAUKS</t>
   </si>
   <si>
     <t>SIA Zn metals</t>
   </si>
   <si>
     <t>AS Olaines ķīmiskā rūpnīca "BIOLARS"</t>
   </si>
   <si>
     <t xml:space="preserve">40003245470
 </t>
   </si>
   <si>
     <t>SIA Olainfarm enerģija</t>
   </si>
   <si>
     <t xml:space="preserve">50103322871
 </t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>SIA LIVONIA PRINT</t>
   </si>
@@ -1229,51 +1229,51 @@
     <t>1089;1107</t>
   </si>
   <si>
     <t>NACE 2.1*
 kods</t>
   </si>
   <si>
     <t>* no 2025.gada 1.janvāra tiek izmantota Eiropas Kopienas saimniecisko darbību statistiskā klasifikācijas (NACE) 2.1. redakcija</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>AS Dobeles dzirnavnieks</t>
   </si>
   <si>
     <t>SIA Felici</t>
   </si>
   <si>
     <t>ZS Anšītes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
@@ -1385,158 +1385,149 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1782,4381 +1773,4360 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G197"/>
+  <dimension ref="A1:G196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.85546875" style="4"/>
     <col min="2" max="2" width="51.5703125" style="4" customWidth="1"/>
-    <col min="3" max="3" width="17.42578125" style="26" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.42578125" style="23" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="10.5703125" style="26" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="11.42578125" style="26" customWidth="1"/>
+    <col min="5" max="5" width="10.5703125" style="23" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.42578125" style="23" customWidth="1"/>
     <col min="7" max="7" width="35.42578125" style="4" customWidth="1"/>
     <col min="8" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="61.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="35" t="s">
-[...7 lines deleted...]
-      <c r="G1" s="35"/>
+      <c r="A1" s="32" t="s">
+        <v>237</v>
+      </c>
+      <c r="B1" s="32"/>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
+      <c r="G1" s="32"/>
     </row>
     <row r="2" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="36" t="s">
-[...7 lines deleted...]
-      <c r="G2" s="36"/>
+      <c r="A2" s="33" t="s">
+        <v>306</v>
+      </c>
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="33"/>
+      <c r="G2" s="33"/>
     </row>
     <row r="3" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="5">
         <f>ROW(A1)</f>
         <v>1</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="7">
         <v>45101001791</v>
       </c>
       <c r="D4" s="8">
         <v>44350</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="25" t="s">
+      <c r="F4" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="10"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="5">
-        <f t="shared" ref="A5:A30" si="0">ROW(A2)</f>
+        <f t="shared" ref="A5:A68" si="0">ROW(A2)</f>
         <v>2</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="7">
         <v>40003802301</v>
       </c>
       <c r="D5" s="8">
         <v>44356</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="F5" s="25" t="s">
+      <c r="F5" s="22" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="10"/>
     </row>
     <row r="6" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="5">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="7">
         <v>48501017314</v>
       </c>
       <c r="D6" s="8">
         <v>44350</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F6" s="25" t="s">
+      <c r="F6" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="10"/>
     </row>
     <row r="7" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="7">
         <v>43603048095</v>
       </c>
       <c r="D7" s="8">
         <v>44350</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="25" t="s">
+      <c r="F7" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="10"/>
     </row>
     <row r="8" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="5">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="7">
         <v>40003258600</v>
       </c>
       <c r="D8" s="8">
         <v>44350</v>
       </c>
       <c r="E8" s="9">
         <v>1072</v>
       </c>
-      <c r="F8" s="25" t="s">
+      <c r="F8" s="22" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="10"/>
     </row>
     <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="5">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C9" s="7">
         <v>41702000901</v>
       </c>
       <c r="D9" s="8">
         <v>44356</v>
       </c>
       <c r="E9" s="9">
         <v>2511</v>
       </c>
-      <c r="F9" s="25" t="s">
+      <c r="F9" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="10"/>
     </row>
     <row r="10" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="5">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="7">
         <v>43903002031</v>
       </c>
       <c r="D10" s="8">
         <v>44350</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="F10" s="25" t="s">
+      <c r="F10" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="10"/>
     </row>
     <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="5">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="7">
         <v>43603000629</v>
       </c>
       <c r="D11" s="8">
         <v>44350</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F11" s="25" t="s">
+      <c r="F11" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="10"/>
     </row>
     <row r="12" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="7">
         <v>43603003339</v>
       </c>
       <c r="D12" s="8">
         <v>44350</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="25" t="s">
+      <c r="F12" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="G12" s="31" t="s">
-        <v>268</v>
+      <c r="G12" s="28" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="5">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="7">
         <v>40001007453</v>
       </c>
       <c r="D13" s="8">
         <v>44350</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F13" s="25" t="s">
+      <c r="F13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="10"/>
     </row>
     <row r="14" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="5">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C14" s="7">
         <v>50003007411</v>
       </c>
       <c r="D14" s="8">
         <v>44350</v>
       </c>
-      <c r="E14" s="25" t="s">
+      <c r="E14" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="F14" s="25" t="s">
+      <c r="F14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="10"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="5">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="7">
         <v>41503022195</v>
       </c>
       <c r="D15" s="8">
         <v>44350</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="F15" s="25" t="s">
+      <c r="F15" s="22" t="s">
         <v>21</v>
       </c>
       <c r="G15" s="10"/>
     </row>
     <row r="16" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="5">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="7">
         <v>41203013615</v>
       </c>
       <c r="D16" s="8">
         <v>44350</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F16" s="25" t="s">
+      <c r="F16" s="22" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="10"/>
     </row>
     <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="5">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="7">
         <v>41201005223</v>
       </c>
       <c r="D17" s="8">
         <v>44350</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="F17" s="25" t="s">
+      <c r="F17" s="22" t="s">
         <v>21</v>
       </c>
       <c r="G17" s="10"/>
     </row>
     <row r="18" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="5">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="7">
         <v>49502002230</v>
       </c>
       <c r="D18" s="8">
         <v>44350</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="F18" s="25" t="s">
+      <c r="F18" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="10"/>
     </row>
     <row r="19" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="5">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="7">
         <v>48503006122</v>
       </c>
       <c r="D19" s="8">
         <v>44362</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="F19" s="25" t="s">
+      <c r="F19" s="22" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="10"/>
     </row>
     <row r="20" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="5">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="7">
         <v>49501007086</v>
       </c>
       <c r="D20" s="8">
         <v>44362</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="F20" s="25" t="s">
+      <c r="F20" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="G20" s="31"/>
+      <c r="G20" s="28"/>
     </row>
     <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="5">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="7">
         <v>59203002531</v>
       </c>
       <c r="D21" s="8">
         <v>44362</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="F21" s="25" t="s">
+      <c r="F21" s="22" t="s">
         <v>31</v>
       </c>
       <c r="G21" s="10"/>
     </row>
     <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="5">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C22" s="7">
         <v>42103029905</v>
       </c>
       <c r="D22" s="8">
         <v>44362</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F22" s="25" t="s">
+      <c r="F22" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G22" s="10"/>
     </row>
     <row r="23" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="5">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C23" s="7">
         <v>43903000755</v>
       </c>
       <c r="D23" s="8">
         <v>44362</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F23" s="25" t="s">
+      <c r="F23" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G23" s="10"/>
     </row>
     <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="5">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="7">
         <v>50003000451</v>
       </c>
       <c r="D24" s="8">
         <v>44362</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="F24" s="25" t="s">
+      <c r="F24" s="22" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="10"/>
     </row>
     <row r="25" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="5">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="7">
         <v>45403003207</v>
       </c>
       <c r="D25" s="8">
         <v>44362</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="F25" s="25" t="s">
+      <c r="F25" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="10"/>
     </row>
     <row r="26" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="5">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="7">
         <v>41503027224</v>
       </c>
       <c r="D26" s="8">
         <v>44362</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="F26" s="25" t="s">
+      <c r="F26" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G26" s="10"/>
     </row>
     <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="5">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C27" s="7">
         <v>50003804501</v>
       </c>
       <c r="D27" s="8">
         <v>44356</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="F27" s="25" t="s">
+      <c r="F27" s="22" t="s">
         <v>38</v>
       </c>
       <c r="G27" s="10"/>
     </row>
     <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="5">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C28" s="7">
         <v>50003026431</v>
       </c>
       <c r="D28" s="8">
         <v>44366</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="F28" s="25" t="s">
+      <c r="F28" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="10"/>
     </row>
     <row r="29" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="5">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="7">
         <v>44101001966</v>
       </c>
       <c r="D29" s="8">
         <v>44362</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="F29" s="25" t="s">
+      <c r="F29" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="10"/>
     </row>
     <row r="30" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="5">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="7">
         <v>50003251341</v>
       </c>
       <c r="D30" s="8">
         <v>44362</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="F30" s="25" t="s">
+      <c r="F30" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="10"/>
     </row>
     <row r="31" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="5">
-        <f>ROW(A29)</f>
-        <v>29</v>
+        <f t="shared" si="0"/>
+        <v>28</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C31" s="7">
         <v>41503028291</v>
       </c>
       <c r="D31" s="8">
         <v>44364</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="F31" s="25" t="s">
+      <c r="F31" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="10"/>
     </row>
     <row r="32" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="5">
-        <f>ROW(A30)</f>
-        <v>30</v>
+        <f t="shared" si="0"/>
+        <v>29</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="7">
         <v>40003284444</v>
       </c>
       <c r="D32" s="8">
         <v>44356</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>44</v>
       </c>
-      <c r="F32" s="25" t="s">
+      <c r="F32" s="22" t="s">
         <v>44</v>
       </c>
       <c r="G32" s="10"/>
     </row>
     <row r="33" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="5">
-        <f t="shared" ref="A33:A96" si="1">ROW(A31)</f>
-        <v>31</v>
+        <f t="shared" si="0"/>
+        <v>30</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>45</v>
       </c>
       <c r="C33" s="7">
         <v>40003279335</v>
       </c>
       <c r="D33" s="8">
         <v>44366</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="F33" s="25" t="s">
+      <c r="F33" s="22" t="s">
         <v>46</v>
       </c>
       <c r="G33" s="10"/>
     </row>
     <row r="34" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="5">
-        <f t="shared" si="1"/>
-        <v>32</v>
+        <f t="shared" si="0"/>
+        <v>31</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="7">
         <v>40003267800</v>
       </c>
       <c r="D34" s="8">
         <v>44364</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="F34" s="25" t="s">
+      <c r="F34" s="22" t="s">
         <v>48</v>
       </c>
       <c r="G34" s="10"/>
     </row>
     <row r="35" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="5">
-        <f t="shared" si="1"/>
-        <v>33</v>
+        <f t="shared" si="0"/>
+        <v>32</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C35" s="7">
         <v>43601007618</v>
       </c>
       <c r="D35" s="8">
         <v>44364</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F35" s="25" t="s">
+      <c r="F35" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G35" s="10"/>
     </row>
     <row r="36" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="5">
-        <f t="shared" si="1"/>
-        <v>34</v>
+        <f t="shared" si="0"/>
+        <v>33</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D36" s="8">
         <v>44356</v>
       </c>
-      <c r="E36" s="33" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="E36" s="30" t="s">
+        <v>304</v>
+      </c>
+      <c r="F36" s="29" t="s">
+        <v>278</v>
       </c>
       <c r="G36" s="10"/>
     </row>
     <row r="37" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="5">
-        <f t="shared" si="1"/>
-        <v>35</v>
+        <f t="shared" si="0"/>
+        <v>34</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D37" s="8">
         <v>44364</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F37" s="25" t="s">
+      <c r="F37" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="10"/>
     </row>
     <row r="38" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="5">
-        <f t="shared" si="1"/>
-        <v>36</v>
+        <f t="shared" si="0"/>
+        <v>35</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="7">
         <v>44103002504</v>
       </c>
       <c r="D38" s="8">
         <v>44356</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="F38" s="25" t="s">
+      <c r="F38" s="22" t="s">
         <v>55</v>
       </c>
       <c r="G38" s="10"/>
     </row>
     <row r="39" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="5">
-        <f t="shared" si="1"/>
-        <v>37</v>
+        <f t="shared" si="0"/>
+        <v>36</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="7">
         <v>48503019589</v>
       </c>
       <c r="D39" s="8">
         <v>44364</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F39" s="25" t="s">
+      <c r="F39" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G39" s="10"/>
     </row>
     <row r="40" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="5">
-        <f t="shared" si="1"/>
-        <v>38</v>
+        <f t="shared" si="0"/>
+        <v>37</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>58</v>
       </c>
       <c r="D40" s="8">
         <v>44364</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="F40" s="25" t="s">
+      <c r="F40" s="22" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="10"/>
     </row>
     <row r="41" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="5">
-        <f t="shared" si="1"/>
-        <v>39</v>
+        <f t="shared" si="0"/>
+        <v>38</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="7">
         <v>40003264804</v>
       </c>
       <c r="D41" s="8">
         <v>44356</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="F41" s="25" t="s">
+      <c r="F41" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G41" s="10"/>
     </row>
     <row r="42" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="5">
-        <f t="shared" si="1"/>
-        <v>40</v>
+        <f t="shared" si="0"/>
+        <v>39</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C42" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D42" s="8">
         <v>44364</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>63</v>
       </c>
-      <c r="F42" s="25" t="s">
+      <c r="F42" s="22" t="s">
         <v>63</v>
       </c>
       <c r="G42" s="10"/>
     </row>
     <row r="43" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="5">
-        <f t="shared" si="1"/>
-        <v>41</v>
+        <f t="shared" si="0"/>
+        <v>40</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="7">
         <v>40003242065</v>
       </c>
       <c r="D43" s="8">
         <v>44364</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="F43" s="25" t="s">
-        <v>280</v>
+      <c r="F43" s="22" t="s">
+        <v>279</v>
       </c>
       <c r="G43" s="10"/>
     </row>
     <row r="44" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="5">
-        <f t="shared" si="1"/>
-        <v>42</v>
+        <f t="shared" si="0"/>
+        <v>41</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="7">
         <v>40103411097</v>
       </c>
       <c r="D44" s="8">
         <v>44356</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="F44" s="25" t="s">
+      <c r="F44" s="22" t="s">
         <v>67</v>
       </c>
       <c r="G44" s="10"/>
     </row>
     <row r="45" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="5">
-        <f t="shared" si="1"/>
-        <v>43</v>
+        <f t="shared" si="0"/>
+        <v>42</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="7">
         <v>40003094173</v>
       </c>
       <c r="D45" s="8">
         <v>44364</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="F45" s="25" t="s">
+      <c r="F45" s="22" t="s">
         <v>46</v>
       </c>
       <c r="G45" s="10"/>
     </row>
     <row r="46" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="5">
-        <f t="shared" si="1"/>
-        <v>44</v>
+        <f t="shared" si="0"/>
+        <v>43</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="7">
         <v>40103006961</v>
       </c>
       <c r="D46" s="8">
         <v>44364</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F46" s="25" t="s">
+      <c r="F46" s="22" t="s">
         <v>10</v>
       </c>
       <c r="G46" s="10"/>
     </row>
     <row r="47" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="5">
-        <f t="shared" si="1"/>
-        <v>45</v>
+        <f t="shared" si="0"/>
+        <v>44</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="7">
         <v>42403007589</v>
       </c>
       <c r="D47" s="8">
         <v>44364</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="F47" s="25" t="s">
+      <c r="F47" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="10"/>
     </row>
     <row r="48" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="5">
-        <f t="shared" si="1"/>
-        <v>46</v>
+        <f t="shared" si="0"/>
+        <v>45</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="7">
         <v>40003212709</v>
       </c>
       <c r="D48" s="8">
         <v>44364</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="F48" s="25" t="s">
+      <c r="F48" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="10"/>
     </row>
     <row r="49" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="5">
-        <f t="shared" si="1"/>
-        <v>47</v>
+        <f t="shared" si="0"/>
+        <v>46</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="7">
         <v>43603030977</v>
       </c>
       <c r="D49" s="8">
         <v>44365</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="F49" s="25" t="s">
+      <c r="F49" s="22" t="s">
         <v>73</v>
       </c>
       <c r="G49" s="10"/>
     </row>
     <row r="50" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="5">
-        <f t="shared" si="1"/>
-        <v>48</v>
+        <f t="shared" si="0"/>
+        <v>47</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C50" s="7">
         <v>44103005731</v>
       </c>
       <c r="D50" s="8">
         <v>44364</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F50" s="25" t="s">
+      <c r="F50" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="10"/>
     </row>
     <row r="51" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="5">
-        <f t="shared" si="1"/>
-        <v>49</v>
+        <f t="shared" si="0"/>
+        <v>48</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>75</v>
       </c>
       <c r="D51" s="8">
         <v>44365</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F51" s="25" t="s">
+      <c r="F51" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G51" s="10"/>
     </row>
     <row r="52" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="5">
-        <f t="shared" si="1"/>
-        <v>50</v>
+        <f t="shared" si="0"/>
+        <v>49</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C52" s="7" t="s">
         <v>77</v>
       </c>
       <c r="D52" s="8">
         <v>44369</v>
       </c>
       <c r="E52" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F52" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G52" s="10"/>
     </row>
     <row r="53" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="5">
-        <f t="shared" si="1"/>
-        <v>51</v>
+        <f t="shared" si="0"/>
+        <v>50</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C53" s="7">
         <v>40003031873</v>
       </c>
       <c r="D53" s="8">
         <v>44369</v>
       </c>
       <c r="E53" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F53" s="11" t="s">
         <v>79</v>
       </c>
       <c r="G53" s="10"/>
     </row>
     <row r="54" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="5">
-        <f t="shared" si="1"/>
-        <v>52</v>
+        <f t="shared" si="0"/>
+        <v>51</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C54" s="7" t="s">
         <v>81</v>
       </c>
       <c r="D54" s="8">
         <v>44369</v>
       </c>
       <c r="E54" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F54" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G54" s="10"/>
     </row>
     <row r="55" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="5">
-        <f t="shared" si="1"/>
-        <v>53</v>
+        <f t="shared" si="0"/>
+        <v>52</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C55" s="7">
         <v>42403048500</v>
       </c>
       <c r="D55" s="8">
         <v>44369</v>
       </c>
       <c r="E55" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F55" s="11" t="s">
         <v>38</v>
       </c>
       <c r="G55" s="10"/>
     </row>
     <row r="56" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="5">
-        <f t="shared" si="1"/>
-        <v>54</v>
+        <f t="shared" si="0"/>
+        <v>53</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C56" s="7" t="s">
         <v>84</v>
       </c>
       <c r="D56" s="8">
         <v>44369</v>
       </c>
       <c r="E56" s="11" t="s">
         <v>85</v>
       </c>
       <c r="F56" s="11" t="s">
         <v>85</v>
       </c>
       <c r="G56" s="10"/>
     </row>
     <row r="57" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="5">
-        <f t="shared" si="1"/>
-        <v>55</v>
+        <f t="shared" si="0"/>
+        <v>54</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C57" s="7">
         <v>42403048500</v>
       </c>
       <c r="D57" s="8">
         <v>44369</v>
       </c>
       <c r="E57" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F57" s="11" t="s">
         <v>38</v>
       </c>
       <c r="G57" s="10"/>
     </row>
     <row r="58" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="5">
-        <f t="shared" si="1"/>
-        <v>56</v>
+        <f t="shared" si="0"/>
+        <v>55</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C58" s="7">
         <v>40003220301</v>
       </c>
       <c r="D58" s="8">
         <v>44376</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>87</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>87</v>
       </c>
       <c r="G58" s="10"/>
     </row>
     <row r="59" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="5">
-        <f t="shared" si="1"/>
-        <v>57</v>
+        <f t="shared" si="0"/>
+        <v>56</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C59" s="7">
         <v>40003215122</v>
       </c>
       <c r="D59" s="8">
         <v>44369</v>
       </c>
       <c r="E59" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F59" s="11" t="s">
         <v>38</v>
       </c>
       <c r="G59" s="10"/>
     </row>
     <row r="60" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="5">
-        <f t="shared" si="1"/>
-        <v>58</v>
+        <f t="shared" si="0"/>
+        <v>57</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C60" s="7">
         <v>40003361531</v>
       </c>
       <c r="D60" s="8">
         <v>44369</v>
       </c>
       <c r="E60" s="11" t="s">
         <v>73</v>
       </c>
       <c r="F60" s="11" t="s">
         <v>73</v>
       </c>
       <c r="G60" s="10"/>
     </row>
     <row r="61" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="5">
-        <f t="shared" si="1"/>
-        <v>59</v>
+        <f t="shared" si="0"/>
+        <v>58</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C61" s="7">
         <v>40003017441</v>
       </c>
       <c r="D61" s="8">
         <v>44369</v>
       </c>
       <c r="E61" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="10"/>
     </row>
     <row r="62" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="5">
-        <f t="shared" si="1"/>
-        <v>60</v>
+        <f t="shared" si="0"/>
+        <v>59</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>91</v>
       </c>
       <c r="C62" s="7" t="s">
         <v>92</v>
       </c>
       <c r="D62" s="8">
         <v>44376</v>
       </c>
       <c r="E62" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="10"/>
     </row>
     <row r="63" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A63" s="5">
-        <f t="shared" si="1"/>
-        <v>61</v>
+        <f t="shared" si="0"/>
+        <v>60</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C63" s="7">
         <v>40103013751</v>
       </c>
       <c r="D63" s="8">
         <v>44369</v>
       </c>
       <c r="E63" s="11" t="s">
         <v>94</v>
       </c>
       <c r="F63" s="11" t="s">
         <v>94</v>
       </c>
       <c r="G63" s="10"/>
     </row>
     <row r="64" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A64" s="5">
-        <f t="shared" si="1"/>
-        <v>62</v>
+        <f t="shared" si="0"/>
+        <v>61</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C64" s="7">
         <v>50003248801</v>
       </c>
       <c r="D64" s="8">
         <v>44377</v>
       </c>
       <c r="E64" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F64" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G64" s="10"/>
     </row>
     <row r="65" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A65" s="5">
-        <f t="shared" si="1"/>
-        <v>63</v>
+        <f t="shared" si="0"/>
+        <v>62</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C65" s="7">
         <v>40003015277</v>
       </c>
       <c r="D65" s="8">
         <v>44377</v>
       </c>
       <c r="E65" s="11" t="s">
         <v>97</v>
       </c>
       <c r="F65" s="11" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="G65" s="10"/>
     </row>
     <row r="66" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A66" s="5">
-        <f t="shared" si="1"/>
-        <v>64</v>
+        <f t="shared" si="0"/>
+        <v>63</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C66" s="7" t="s">
         <v>99</v>
       </c>
       <c r="D66" s="8">
         <v>44377</v>
       </c>
       <c r="E66" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F66" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G66" s="10"/>
     </row>
     <row r="67" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A67" s="5">
-        <f t="shared" si="1"/>
-        <v>65</v>
+        <f t="shared" si="0"/>
+        <v>64</v>
       </c>
       <c r="B67" s="12" t="s">
         <v>100</v>
       </c>
       <c r="C67" s="7">
         <v>40003034051</v>
       </c>
       <c r="D67" s="8">
         <v>44377</v>
       </c>
       <c r="E67" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F67" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G67" s="10"/>
     </row>
     <row r="68" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A68" s="5">
-        <f t="shared" si="1"/>
-        <v>66</v>
+        <f t="shared" si="0"/>
+        <v>65</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>101</v>
       </c>
       <c r="C68" s="7">
         <v>41701004183</v>
       </c>
       <c r="D68" s="8">
         <v>44377</v>
       </c>
       <c r="E68" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F68" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G68" s="10"/>
     </row>
     <row r="69" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A69" s="5">
-        <f t="shared" si="1"/>
-        <v>67</v>
+        <f t="shared" ref="A69:A132" si="1">ROW(A66)</f>
+        <v>66</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C69" s="7" t="s">
         <v>103</v>
       </c>
       <c r="D69" s="8">
         <v>44377</v>
       </c>
       <c r="E69" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F69" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G69" s="10"/>
     </row>
     <row r="70" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="5">
         <f t="shared" si="1"/>
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C70" s="7">
         <v>48503003198</v>
       </c>
       <c r="D70" s="8">
         <v>44377</v>
       </c>
       <c r="E70" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F70" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="10"/>
     </row>
     <row r="71" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A71" s="5">
         <f t="shared" si="1"/>
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>105</v>
       </c>
       <c r="C71" s="7">
         <v>41201011836</v>
       </c>
       <c r="D71" s="8">
         <v>44377</v>
       </c>
       <c r="E71" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F71" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G71" s="10"/>
     </row>
     <row r="72" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A72" s="5">
         <f t="shared" si="1"/>
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C72" s="7">
         <v>50003090101</v>
       </c>
       <c r="D72" s="8">
         <v>44379</v>
       </c>
       <c r="E72" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F72" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="10"/>
     </row>
     <row r="73" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A73" s="5">
         <f t="shared" si="1"/>
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>107</v>
       </c>
       <c r="C73" s="7">
         <v>40003752458</v>
       </c>
       <c r="D73" s="8">
         <v>44377</v>
       </c>
       <c r="E73" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G73" s="10"/>
     </row>
     <row r="74" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A74" s="5">
         <f t="shared" si="1"/>
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C74" s="7">
         <v>43601027686</v>
       </c>
       <c r="D74" s="8">
         <v>44377</v>
       </c>
       <c r="E74" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F74" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="10"/>
     </row>
     <row r="75" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A75" s="5">
         <f t="shared" si="1"/>
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>109</v>
       </c>
       <c r="C75" s="7">
         <v>40003585029</v>
       </c>
       <c r="D75" s="8">
         <v>44378</v>
       </c>
       <c r="E75" s="11">
         <v>2451</v>
       </c>
       <c r="F75" s="11" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G75" s="10"/>
     </row>
     <row r="76" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A76" s="5">
         <f t="shared" si="1"/>
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C76" s="7">
         <v>48503013815</v>
       </c>
       <c r="D76" s="8">
         <v>44378</v>
       </c>
       <c r="E76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="F76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="G76" s="10"/>
     </row>
     <row r="77" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A77" s="5">
         <f t="shared" si="1"/>
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C77" s="7" t="s">
         <v>112</v>
       </c>
       <c r="D77" s="8">
         <v>44378</v>
       </c>
       <c r="E77" s="11" t="s">
         <v>113</v>
       </c>
       <c r="F77" s="11" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="G77" s="10"/>
     </row>
     <row r="78" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A78" s="5">
         <f t="shared" si="1"/>
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C78" s="7">
         <v>58503016921</v>
       </c>
       <c r="D78" s="8">
         <v>44381</v>
       </c>
       <c r="E78" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="10"/>
     </row>
     <row r="79" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A79" s="5">
         <f t="shared" si="1"/>
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>115</v>
       </c>
       <c r="C79" s="7">
         <v>50103234121</v>
       </c>
       <c r="D79" s="8">
         <v>44378</v>
       </c>
       <c r="E79" s="11" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="10"/>
     </row>
     <row r="80" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A80" s="5">
         <f t="shared" si="1"/>
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C80" s="7" t="s">
         <v>117</v>
       </c>
       <c r="D80" s="8">
         <v>44378</v>
       </c>
       <c r="E80" s="11" t="s">
         <v>118</v>
       </c>
       <c r="F80" s="11" t="s">
         <v>118</v>
       </c>
       <c r="G80" s="10"/>
     </row>
     <row r="81" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A81" s="5">
         <f t="shared" si="1"/>
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>119</v>
       </c>
       <c r="C81" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D81" s="8">
         <v>44381</v>
       </c>
       <c r="E81" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F81" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G81" s="10"/>
     </row>
     <row r="82" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A82" s="5">
         <f t="shared" si="1"/>
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>121</v>
       </c>
       <c r="C82" s="7">
         <v>40003622715</v>
       </c>
       <c r="D82" s="8">
         <v>44378</v>
       </c>
       <c r="E82" s="11" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="10"/>
     </row>
     <row r="83" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A83" s="5">
         <f t="shared" si="1"/>
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C83" s="7">
         <v>40003284016</v>
       </c>
       <c r="D83" s="8">
         <v>44378</v>
       </c>
       <c r="E83" s="11" t="s">
         <v>123</v>
       </c>
       <c r="F83" s="11" t="s">
         <v>123</v>
       </c>
       <c r="G83" s="10"/>
     </row>
     <row r="84" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A84" s="5">
         <f t="shared" si="1"/>
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C84" s="7">
         <v>40003026603</v>
       </c>
       <c r="D84" s="8">
         <v>44381</v>
       </c>
       <c r="E84" s="11" t="s">
         <v>125</v>
       </c>
       <c r="F84" s="11" t="s">
         <v>125</v>
       </c>
       <c r="G84" s="10"/>
     </row>
     <row r="85" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A85" s="5">
         <f t="shared" si="1"/>
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C85" s="7">
         <v>50003572581</v>
       </c>
       <c r="D85" s="8">
         <v>44381</v>
       </c>
       <c r="E85" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F85" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G85" s="10"/>
     </row>
     <row r="86" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A86" s="5">
         <f t="shared" si="1"/>
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C86" s="7">
         <v>40003574701</v>
       </c>
       <c r="D86" s="8">
         <v>44381</v>
       </c>
       <c r="E86" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F86" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G86" s="10"/>
     </row>
     <row r="87" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A87" s="5">
         <f t="shared" si="1"/>
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>129</v>
       </c>
       <c r="C87" s="7">
         <v>42102017415</v>
       </c>
       <c r="D87" s="8">
         <v>44381</v>
       </c>
       <c r="E87" s="11" t="s">
         <v>28</v>
       </c>
       <c r="F87" s="11" t="s">
         <v>28</v>
       </c>
       <c r="G87" s="10"/>
     </row>
     <row r="88" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A88" s="5">
         <f t="shared" si="1"/>
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C88" s="7">
         <v>40101004275</v>
       </c>
       <c r="D88" s="8">
         <v>44381</v>
       </c>
       <c r="E88" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F88" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G88" s="10"/>
     </row>
     <row r="89" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A89" s="5">
         <f t="shared" si="1"/>
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C89" s="7">
         <v>43603079521</v>
       </c>
       <c r="D89" s="8">
         <v>44390</v>
       </c>
       <c r="E89" s="11">
         <v>1052</v>
       </c>
       <c r="F89" s="11" t="s">
         <v>63</v>
       </c>
       <c r="G89" s="10"/>
     </row>
     <row r="90" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A90" s="5">
         <f t="shared" si="1"/>
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C90" s="7">
         <v>58503007191</v>
       </c>
       <c r="D90" s="8">
         <v>44390</v>
       </c>
       <c r="E90" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F90" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G90" s="10"/>
     </row>
     <row r="91" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A91" s="5">
         <f t="shared" si="1"/>
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C91" s="7" t="s">
         <v>134</v>
       </c>
       <c r="D91" s="8">
         <v>44386</v>
       </c>
       <c r="E91" s="11" t="s">
         <v>135</v>
       </c>
       <c r="F91" s="11" t="s">
         <v>135</v>
       </c>
       <c r="G91" s="10"/>
     </row>
     <row r="92" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A92" s="5">
         <f t="shared" si="1"/>
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>159</v>
       </c>
       <c r="C92" s="7">
         <v>40003113629</v>
       </c>
       <c r="D92" s="8">
         <v>44386</v>
       </c>
       <c r="E92" s="11" t="s">
         <v>135</v>
       </c>
       <c r="F92" s="11" t="s">
         <v>135</v>
       </c>
       <c r="G92" s="10"/>
     </row>
     <row r="93" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A93" s="5">
         <f t="shared" si="1"/>
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C93" s="7">
         <v>40003176944</v>
       </c>
       <c r="D93" s="8">
         <v>44386</v>
       </c>
       <c r="E93" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F93" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G93" s="10"/>
     </row>
     <row r="94" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A94" s="5">
         <f t="shared" si="1"/>
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>137</v>
       </c>
       <c r="C94" s="7">
         <v>40003307535</v>
       </c>
       <c r="D94" s="8">
         <v>44386</v>
       </c>
       <c r="E94" s="11" t="s">
         <v>94</v>
       </c>
       <c r="F94" s="11" t="s">
         <v>94</v>
       </c>
       <c r="G94" s="10"/>
     </row>
     <row r="95" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A95" s="5">
         <f t="shared" si="1"/>
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C95" s="7">
         <v>40003629732</v>
       </c>
       <c r="D95" s="8">
         <v>44390</v>
       </c>
       <c r="E95" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F95" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G95" s="10"/>
     </row>
     <row r="96" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A96" s="5">
         <f t="shared" si="1"/>
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>139</v>
       </c>
       <c r="C96" s="7">
         <v>43603013110</v>
       </c>
       <c r="D96" s="8">
         <v>44386</v>
       </c>
       <c r="E96" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F96" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G96" s="10"/>
     </row>
     <row r="97" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A97" s="5">
-        <f t="shared" ref="A97:A160" si="2">ROW(A95)</f>
-        <v>95</v>
+        <f t="shared" si="1"/>
+        <v>94</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>140</v>
       </c>
       <c r="C97" s="7">
         <v>40003632874</v>
       </c>
       <c r="D97" s="8">
         <v>44390</v>
       </c>
       <c r="E97" s="11" t="s">
         <v>19</v>
       </c>
       <c r="F97" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G97" s="10"/>
     </row>
     <row r="98" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A98" s="5">
-        <f t="shared" si="2"/>
-        <v>96</v>
+        <f t="shared" si="1"/>
+        <v>95</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>141</v>
       </c>
       <c r="C98" s="7">
         <v>45403042990</v>
       </c>
       <c r="D98" s="8">
         <v>44390</v>
       </c>
       <c r="E98" s="11" t="s">
         <v>142</v>
       </c>
       <c r="F98" s="11" t="s">
         <v>142</v>
       </c>
       <c r="G98" s="10"/>
     </row>
     <row r="99" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A99" s="5">
-        <f t="shared" si="2"/>
-        <v>97</v>
+        <f t="shared" si="1"/>
+        <v>96</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C99" s="7">
         <v>40003017085</v>
       </c>
       <c r="D99" s="8">
         <v>44386</v>
       </c>
       <c r="E99" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F99" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G99" s="10"/>
     </row>
     <row r="100" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A100" s="5">
-        <f t="shared" si="2"/>
-        <v>98</v>
+        <f t="shared" si="1"/>
+        <v>97</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C100" s="7">
         <v>50003428811</v>
       </c>
       <c r="D100" s="8">
         <v>44386</v>
       </c>
       <c r="E100" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G100" s="10"/>
     </row>
     <row r="101" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A101" s="5">
-        <f t="shared" si="2"/>
-        <v>99</v>
+        <f t="shared" si="1"/>
+        <v>98</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>145</v>
       </c>
       <c r="C101" s="7">
         <v>40003376664</v>
       </c>
       <c r="D101" s="8">
         <v>44390</v>
       </c>
       <c r="E101" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G101" s="10"/>
     </row>
     <row r="102" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A102" s="5">
-        <f t="shared" si="2"/>
-        <v>100</v>
+        <f t="shared" si="1"/>
+        <v>99</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C102" s="7" t="s">
         <v>147</v>
       </c>
       <c r="D102" s="8">
         <v>44390</v>
       </c>
       <c r="E102" s="11" t="s">
         <v>148</v>
       </c>
       <c r="F102" s="11" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="G102" s="10"/>
     </row>
     <row r="103" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A103" s="5">
-        <f t="shared" si="2"/>
-        <v>101</v>
+        <f t="shared" si="1"/>
+        <v>100</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>149</v>
       </c>
       <c r="C103" s="7">
         <v>40003007246</v>
       </c>
       <c r="D103" s="8">
         <v>44396</v>
       </c>
       <c r="E103" s="11" t="s">
         <v>60</v>
       </c>
       <c r="F103" s="11" t="s">
         <v>60</v>
       </c>
       <c r="G103" s="10"/>
     </row>
     <row r="104" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A104" s="5">
-        <f t="shared" si="2"/>
-        <v>102</v>
+        <f t="shared" si="1"/>
+        <v>101</v>
       </c>
       <c r="B104" s="13" t="s">
         <v>150</v>
       </c>
       <c r="C104" s="7">
         <v>40003017719</v>
       </c>
       <c r="D104" s="8">
         <v>44396</v>
       </c>
       <c r="E104" s="11" t="s">
         <v>127</v>
       </c>
       <c r="F104" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G104" s="10"/>
     </row>
     <row r="105" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A105" s="5">
-        <f t="shared" si="2"/>
-        <v>103</v>
+        <f t="shared" si="1"/>
+        <v>102</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>151</v>
       </c>
       <c r="C105" s="7">
         <v>40103290254</v>
       </c>
       <c r="D105" s="8">
         <v>44396</v>
       </c>
       <c r="E105" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F105" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="10"/>
     </row>
     <row r="106" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A106" s="5">
-        <f t="shared" si="2"/>
-        <v>104</v>
+        <f t="shared" si="1"/>
+        <v>103</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>152</v>
       </c>
       <c r="C106" s="7">
         <v>40103201311</v>
       </c>
       <c r="D106" s="8">
         <v>44396</v>
       </c>
       <c r="E106" s="11" t="s">
         <v>19</v>
       </c>
       <c r="F106" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G106" s="10"/>
     </row>
     <row r="107" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A107" s="5">
-        <f t="shared" si="2"/>
-        <v>105</v>
+        <f t="shared" si="1"/>
+        <v>104</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C107" s="7">
         <v>40103045371</v>
       </c>
       <c r="D107" s="8">
         <v>44396</v>
       </c>
       <c r="E107" s="11" t="s">
         <v>19</v>
       </c>
       <c r="F107" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G107" s="10"/>
     </row>
     <row r="108" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="5">
-        <f t="shared" si="2"/>
-        <v>106</v>
+        <f t="shared" si="1"/>
+        <v>105</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C108" s="7">
         <v>40003325121</v>
       </c>
       <c r="D108" s="8">
         <v>44396</v>
       </c>
       <c r="E108" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F108" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G108" s="10"/>
     </row>
     <row r="109" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A109" s="5">
-        <f t="shared" si="2"/>
-        <v>107</v>
+        <f t="shared" si="1"/>
+        <v>106</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>155</v>
       </c>
       <c r="C109" s="7">
         <v>40003774690</v>
       </c>
       <c r="D109" s="8">
         <v>44396</v>
       </c>
       <c r="E109" s="11" t="s">
         <v>46</v>
       </c>
       <c r="F109" s="11" t="s">
         <v>46</v>
       </c>
       <c r="G109" s="10"/>
     </row>
     <row r="110" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A110" s="5">
-        <f t="shared" si="2"/>
-        <v>108</v>
+        <f t="shared" si="1"/>
+        <v>107</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>156</v>
       </c>
       <c r="C110" s="7">
         <v>40003830061</v>
       </c>
       <c r="D110" s="8">
         <v>44396</v>
       </c>
       <c r="E110" s="11" t="s">
         <v>157</v>
       </c>
       <c r="F110" s="11" t="s">
         <v>157</v>
       </c>
       <c r="G110" s="10"/>
     </row>
     <row r="111" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A111" s="5">
-        <f t="shared" si="2"/>
-        <v>109</v>
+        <f t="shared" si="1"/>
+        <v>108</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C111" s="7">
         <v>40103318662</v>
       </c>
       <c r="D111" s="8">
         <v>44400</v>
       </c>
       <c r="E111" s="11" t="s">
         <v>161</v>
       </c>
       <c r="F111" s="11" t="s">
         <v>161</v>
       </c>
       <c r="G111" s="10"/>
     </row>
     <row r="112" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A112" s="5">
-        <f t="shared" si="2"/>
-        <v>110</v>
+        <f t="shared" si="1"/>
+        <v>109</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C112" s="7">
         <v>43603000544</v>
       </c>
       <c r="D112" s="8">
         <v>44400</v>
       </c>
       <c r="E112" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F112" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G112" s="10"/>
     </row>
     <row r="113" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A113" s="5">
-        <f t="shared" si="2"/>
-        <v>111</v>
+        <f t="shared" si="1"/>
+        <v>110</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C113" s="7">
         <v>48503000558</v>
       </c>
       <c r="D113" s="8">
         <v>44400</v>
       </c>
       <c r="E113" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F113" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G113" s="10"/>
     </row>
     <row r="114" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A114" s="5">
-        <f t="shared" si="2"/>
-        <v>112</v>
+        <f t="shared" si="1"/>
+        <v>111</v>
       </c>
       <c r="B114" s="13" t="s">
         <v>164</v>
       </c>
       <c r="C114" s="7">
         <v>40003204932</v>
       </c>
       <c r="D114" s="8">
         <v>44414</v>
       </c>
       <c r="E114" s="11">
         <v>1039</v>
       </c>
       <c r="F114" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G114" s="10"/>
     </row>
     <row r="115" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A115" s="5">
-        <f t="shared" si="2"/>
-        <v>113</v>
+        <f t="shared" si="1"/>
+        <v>112</v>
       </c>
       <c r="B115" s="13" t="s">
         <v>165</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D115" s="8">
         <v>44414</v>
       </c>
       <c r="E115" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F115" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G115" s="10"/>
     </row>
     <row r="116" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A116" s="5">
-        <f t="shared" si="2"/>
-        <v>114</v>
+        <f t="shared" si="1"/>
+        <v>113</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>167</v>
       </c>
       <c r="C116" s="7" t="s">
         <v>168</v>
       </c>
       <c r="D116" s="8">
         <v>44414</v>
       </c>
       <c r="E116" s="11">
         <v>1013</v>
       </c>
       <c r="F116" s="11" t="s">
         <v>94</v>
       </c>
       <c r="G116" s="10"/>
     </row>
     <row r="117" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A117" s="5">
-        <f t="shared" si="2"/>
-        <v>115</v>
+        <f t="shared" si="1"/>
+        <v>114</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>169</v>
       </c>
       <c r="C117" s="7">
         <v>40003294211</v>
       </c>
       <c r="D117" s="8">
         <v>44414</v>
       </c>
       <c r="E117" s="11">
         <v>1051</v>
       </c>
       <c r="F117" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G117" s="10"/>
     </row>
     <row r="118" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A118" s="5">
-        <f t="shared" si="2"/>
-        <v>116</v>
+        <f t="shared" si="1"/>
+        <v>115</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C118" s="7" t="s">
         <v>171</v>
       </c>
       <c r="D118" s="8">
         <v>44414</v>
       </c>
       <c r="E118" s="11">
         <v>1020</v>
       </c>
       <c r="F118" s="11" t="s">
         <v>31</v>
       </c>
       <c r="G118" s="10"/>
     </row>
     <row r="119" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A119" s="5">
-        <f t="shared" si="2"/>
-        <v>117</v>
+        <f t="shared" si="1"/>
+        <v>116</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C119" s="7" t="s">
         <v>173</v>
       </c>
       <c r="D119" s="8">
         <v>44414</v>
       </c>
       <c r="E119" s="11">
         <v>2711</v>
       </c>
       <c r="F119" s="11" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="G119" s="10"/>
     </row>
     <row r="120" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A120" s="5">
-        <f t="shared" si="2"/>
-        <v>118</v>
+        <f t="shared" si="1"/>
+        <v>117</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>174</v>
       </c>
       <c r="C120" s="7">
         <v>40003513590</v>
       </c>
       <c r="D120" s="8">
         <v>44414</v>
       </c>
       <c r="E120" s="11" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="F120" s="11" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="G120" s="10"/>
     </row>
     <row r="121" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A121" s="5">
-        <f t="shared" si="2"/>
-        <v>119</v>
+        <f t="shared" si="1"/>
+        <v>118</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>175</v>
       </c>
       <c r="C121" s="7">
         <v>40003369111</v>
       </c>
       <c r="D121" s="8">
         <v>44414</v>
       </c>
       <c r="E121" s="11">
         <v>2830</v>
       </c>
       <c r="F121" s="11" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="G121" s="10"/>
     </row>
     <row r="122" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A122" s="5">
-        <f t="shared" si="2"/>
-        <v>120</v>
+        <f t="shared" si="1"/>
+        <v>119</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>176</v>
       </c>
       <c r="C122" s="7">
         <v>40103692371</v>
       </c>
       <c r="D122" s="8">
         <v>44414</v>
       </c>
       <c r="E122" s="11">
         <v>3020</v>
       </c>
       <c r="F122" s="11" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="G122" s="10"/>
     </row>
     <row r="123" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A123" s="5">
-        <f t="shared" si="2"/>
-        <v>121</v>
+        <f t="shared" si="1"/>
+        <v>120</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>177</v>
       </c>
       <c r="C123" s="7">
         <v>40003160657</v>
       </c>
       <c r="D123" s="8">
         <v>44414</v>
       </c>
       <c r="E123" s="11">
         <v>2920</v>
       </c>
       <c r="F123" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="G123" s="10"/>
     </row>
     <row r="124" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A124" s="5">
-        <f t="shared" si="2"/>
-        <v>122</v>
+        <f t="shared" si="1"/>
+        <v>121</v>
       </c>
       <c r="B124" s="14" t="s">
         <v>178</v>
       </c>
-      <c r="C124" s="15">
+      <c r="C124" s="2">
         <v>48501009355</v>
       </c>
-      <c r="D124" s="16">
+      <c r="D124" s="3">
         <v>44439</v>
       </c>
       <c r="E124" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F124" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G124" s="10"/>
     </row>
     <row r="125" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A125" s="5">
-        <f t="shared" si="2"/>
-        <v>123</v>
+        <f t="shared" si="1"/>
+        <v>122</v>
       </c>
       <c r="B125" s="14" t="s">
         <v>179</v>
       </c>
-      <c r="C125" s="15">
+      <c r="C125" s="2">
         <v>42103039994</v>
       </c>
-      <c r="D125" s="16">
+      <c r="D125" s="3">
         <v>44439</v>
       </c>
       <c r="E125" s="11" t="s">
         <v>97</v>
       </c>
       <c r="F125" s="11" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="G125" s="10"/>
     </row>
     <row r="126" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A126" s="5">
-        <f t="shared" si="2"/>
-        <v>124</v>
+        <f t="shared" si="1"/>
+        <v>123</v>
       </c>
       <c r="B126" s="14" t="s">
         <v>180</v>
       </c>
-      <c r="C126" s="15">
+      <c r="C126" s="2">
         <v>43603005170</v>
       </c>
-      <c r="D126" s="16">
+      <c r="D126" s="3">
         <v>44439</v>
       </c>
       <c r="E126" s="11" t="s">
         <v>28</v>
       </c>
       <c r="F126" s="11" t="s">
         <v>28</v>
       </c>
       <c r="G126" s="10"/>
     </row>
     <row r="127" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A127" s="5">
-        <f t="shared" si="2"/>
-        <v>125</v>
+        <f t="shared" si="1"/>
+        <v>124</v>
       </c>
       <c r="B127" s="14" t="s">
         <v>181</v>
       </c>
-      <c r="C127" s="15">
+      <c r="C127" s="2">
         <v>40203073916</v>
       </c>
-      <c r="D127" s="16">
+      <c r="D127" s="3">
         <v>44439</v>
       </c>
       <c r="E127" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F127" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G127" s="10"/>
     </row>
     <row r="128" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A128" s="5">
-        <f t="shared" si="2"/>
-        <v>126</v>
+        <f t="shared" si="1"/>
+        <v>125</v>
       </c>
       <c r="B128" s="14" t="s">
         <v>182</v>
       </c>
-      <c r="C128" s="15">
-[...2 lines deleted...]
-      <c r="D128" s="16">
+      <c r="C128" s="2">
+        <v>43603008016</v>
+      </c>
+      <c r="D128" s="3">
         <v>44439</v>
       </c>
       <c r="E128" s="11" t="s">
-        <v>94</v>
+        <v>4</v>
       </c>
       <c r="F128" s="11" t="s">
-        <v>94</v>
+        <v>4</v>
       </c>
       <c r="G128" s="10"/>
     </row>
     <row r="129" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A129" s="5">
-        <f t="shared" si="2"/>
-        <v>127</v>
+        <f t="shared" si="1"/>
+        <v>126</v>
       </c>
       <c r="B129" s="14" t="s">
         <v>183</v>
       </c>
-      <c r="C129" s="15">
-[...2 lines deleted...]
-      <c r="D129" s="16">
+      <c r="C129" s="2">
+        <v>40003698096</v>
+      </c>
+      <c r="D129" s="3">
         <v>44439</v>
       </c>
       <c r="E129" s="11" t="s">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="F129" s="11" t="s">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="G129" s="10"/>
     </row>
     <row r="130" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A130" s="5">
-        <f t="shared" si="2"/>
-        <v>128</v>
+        <f t="shared" si="1"/>
+        <v>127</v>
       </c>
       <c r="B130" s="14" t="s">
         <v>184</v>
       </c>
-      <c r="C130" s="15">
-[...2 lines deleted...]
-      <c r="D130" s="16">
+      <c r="C130" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D130" s="3">
         <v>44439</v>
       </c>
       <c r="E130" s="11" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="F130" s="11" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G130" s="10"/>
     </row>
     <row r="131" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A131" s="5">
-        <f t="shared" si="2"/>
-        <v>129</v>
+        <f t="shared" si="1"/>
+        <v>128</v>
       </c>
       <c r="B131" s="14" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="C131" s="15" t="s">
         <v>186</v>
       </c>
-      <c r="D131" s="16">
+      <c r="C131" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D131" s="3">
         <v>44439</v>
       </c>
       <c r="E131" s="11" t="s">
-        <v>85</v>
+        <v>188</v>
       </c>
       <c r="F131" s="11" t="s">
-        <v>85</v>
+        <v>188</v>
       </c>
       <c r="G131" s="10"/>
     </row>
     <row r="132" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A132" s="5">
-        <f t="shared" si="2"/>
-        <v>130</v>
+        <f t="shared" si="1"/>
+        <v>129</v>
       </c>
       <c r="B132" s="14" t="s">
-        <v>187</v>
-[...5 lines deleted...]
-        <v>44439</v>
+        <v>189</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D132" s="3">
+        <v>44438</v>
       </c>
       <c r="E132" s="11" t="s">
-        <v>189</v>
+        <v>38</v>
       </c>
       <c r="F132" s="11" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="G132" s="10"/>
+        <v>38</v>
+      </c>
+      <c r="G132" s="27" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="133" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A133" s="5">
-        <f t="shared" si="2"/>
-        <v>131</v>
+        <f t="shared" ref="A133:A196" si="2">ROW(A130)</f>
+        <v>130</v>
       </c>
       <c r="B133" s="14" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="C133" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="D133" s="16">
-        <v>44438</v>
+      <c r="C133" s="2">
+        <v>53603004641</v>
+      </c>
+      <c r="D133" s="3">
+        <v>44439</v>
       </c>
       <c r="E133" s="11" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="F133" s="11" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="G133" s="10"/>
     </row>
     <row r="134" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A134" s="5">
         <f t="shared" si="2"/>
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B134" s="14" t="s">
         <v>192</v>
       </c>
-      <c r="C134" s="15">
-[...2 lines deleted...]
-      <c r="D134" s="16">
+      <c r="C134" s="2">
+        <v>40103873052</v>
+      </c>
+      <c r="D134" s="3">
         <v>44439</v>
       </c>
       <c r="E134" s="11" t="s">
-        <v>4</v>
+        <v>97</v>
       </c>
       <c r="F134" s="11" t="s">
-        <v>4</v>
+        <v>287</v>
       </c>
       <c r="G134" s="10"/>
     </row>
     <row r="135" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A135" s="5">
         <f t="shared" si="2"/>
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B135" s="14" t="s">
         <v>193</v>
       </c>
-      <c r="C135" s="15">
-[...3 lines deleted...]
-        <v>44439</v>
+      <c r="C135" s="2">
+        <v>41203051458</v>
+      </c>
+      <c r="D135" s="3">
+        <v>44459</v>
       </c>
       <c r="E135" s="11" t="s">
-        <v>97</v>
+        <v>194</v>
       </c>
       <c r="F135" s="11" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="G135" s="10"/>
     </row>
     <row r="136" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A136" s="5">
         <f t="shared" si="2"/>
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B136" s="14" t="s">
-        <v>194</v>
-[...4 lines deleted...]
-      <c r="D136" s="16">
+        <v>195</v>
+      </c>
+      <c r="C136" s="2">
+        <v>40003030219</v>
+      </c>
+      <c r="D136" s="3">
         <v>44459</v>
       </c>
-      <c r="E136" s="11" t="s">
-        <v>195</v>
+      <c r="E136" s="11">
+        <v>3020</v>
       </c>
       <c r="F136" s="11" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="G136" s="10"/>
     </row>
     <row r="137" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A137" s="5">
         <f t="shared" si="2"/>
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B137" s="14" t="s">
         <v>196</v>
       </c>
-      <c r="C137" s="15">
-[...2 lines deleted...]
-      <c r="D137" s="16">
+      <c r="C137" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D137" s="3">
         <v>44459</v>
       </c>
       <c r="E137" s="11">
-        <v>3020</v>
+        <v>2454</v>
       </c>
       <c r="F137" s="11" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="G137" s="10"/>
     </row>
     <row r="138" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A138" s="5">
         <f t="shared" si="2"/>
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B138" s="14" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="C138" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="D138" s="16">
+      <c r="C138" s="2">
+        <v>40003048757</v>
+      </c>
+      <c r="D138" s="3">
         <v>44459</v>
       </c>
       <c r="E138" s="11">
-        <v>2454</v>
+        <v>1729</v>
       </c>
       <c r="F138" s="11" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="G138" s="10"/>
     </row>
     <row r="139" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A139" s="5">
         <f t="shared" si="2"/>
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B139" s="14" t="s">
         <v>199</v>
       </c>
-      <c r="C139" s="15">
-[...2 lines deleted...]
-      <c r="D139" s="16">
+      <c r="C139" s="2">
+        <v>42103057947</v>
+      </c>
+      <c r="D139" s="3">
         <v>44459</v>
       </c>
       <c r="E139" s="11">
-        <v>1729</v>
+        <v>1399</v>
       </c>
       <c r="F139" s="11" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="G139" s="10"/>
     </row>
     <row r="140" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A140" s="5">
         <f t="shared" si="2"/>
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B140" s="14" t="s">
         <v>200</v>
       </c>
-      <c r="C140" s="15">
-[...2 lines deleted...]
-      <c r="D140" s="16">
+      <c r="C140" s="2">
+        <v>40003368506</v>
+      </c>
+      <c r="D140" s="3">
         <v>44459</v>
       </c>
       <c r="E140" s="11">
-        <v>1399</v>
+        <v>2511</v>
       </c>
       <c r="F140" s="11" t="s">
-        <v>298</v>
+        <v>11</v>
       </c>
       <c r="G140" s="10"/>
     </row>
     <row r="141" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A141" s="5">
         <f t="shared" si="2"/>
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B141" s="14" t="s">
         <v>201</v>
       </c>
-      <c r="C141" s="15">
-[...3 lines deleted...]
-        <v>44459</v>
+      <c r="C141" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D141" s="3">
+        <v>44460</v>
       </c>
       <c r="E141" s="11">
         <v>2511</v>
       </c>
       <c r="F141" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="10"/>
     </row>
     <row r="142" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A142" s="5">
         <f t="shared" si="2"/>
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B142" s="14" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="C142" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="D142" s="16">
+      <c r="C142" s="2">
+        <v>40003034935</v>
+      </c>
+      <c r="D142" s="3">
         <v>44460</v>
       </c>
       <c r="E142" s="11">
-        <v>2511</v>
+        <v>2110</v>
       </c>
       <c r="F142" s="11" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="G142" s="10"/>
     </row>
     <row r="143" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A143" s="5">
         <f t="shared" si="2"/>
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B143" s="14" t="s">
         <v>204</v>
       </c>
-      <c r="C143" s="15">
-[...2 lines deleted...]
-      <c r="D143" s="16">
+      <c r="C143" s="2">
+        <v>40103093437</v>
+      </c>
+      <c r="D143" s="3">
         <v>44460</v>
       </c>
       <c r="E143" s="11">
-        <v>2110</v>
+        <v>1330</v>
       </c>
       <c r="F143" s="11" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="G143" s="10"/>
     </row>
     <row r="144" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A144" s="5">
         <f t="shared" si="2"/>
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B144" s="14" t="s">
         <v>205</v>
       </c>
-      <c r="C144" s="15">
-[...2 lines deleted...]
-      <c r="D144" s="16">
+      <c r="C144" s="2">
+        <v>40003822806</v>
+      </c>
+      <c r="D144" s="3">
         <v>44460</v>
       </c>
       <c r="E144" s="11">
-        <v>1330</v>
+        <v>2521</v>
       </c>
       <c r="F144" s="11" t="s">
-        <v>118</v>
+        <v>298</v>
       </c>
       <c r="G144" s="10"/>
     </row>
     <row r="145" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A145" s="5">
         <f t="shared" si="2"/>
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B145" s="14" t="s">
         <v>206</v>
       </c>
-      <c r="C145" s="15">
-[...2 lines deleted...]
-      <c r="D145" s="16">
+      <c r="C145" s="2">
+        <v>40003263669</v>
+      </c>
+      <c r="D145" s="3">
         <v>44460</v>
       </c>
       <c r="E145" s="11">
-        <v>2521</v>
+        <v>2041</v>
       </c>
       <c r="F145" s="11" t="s">
         <v>299</v>
       </c>
       <c r="G145" s="10"/>
     </row>
     <row r="146" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A146" s="5">
         <f t="shared" si="2"/>
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B146" s="14" t="s">
         <v>207</v>
       </c>
-      <c r="C146" s="15">
-[...2 lines deleted...]
-      <c r="D146" s="16">
+      <c r="C146" s="2">
+        <v>40003663268</v>
+      </c>
+      <c r="D146" s="3">
         <v>44460</v>
       </c>
       <c r="E146" s="11">
-        <v>2041</v>
+        <v>2561</v>
       </c>
       <c r="F146" s="11" t="s">
-        <v>300</v>
+        <v>67</v>
       </c>
       <c r="G146" s="10"/>
     </row>
     <row r="147" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A147" s="5">
         <f t="shared" si="2"/>
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B147" s="14" t="s">
         <v>208</v>
       </c>
-      <c r="C147" s="15">
-[...2 lines deleted...]
-      <c r="D147" s="16">
+      <c r="C147" s="2">
+        <v>40003075327</v>
+      </c>
+      <c r="D147" s="3">
         <v>44460</v>
       </c>
-      <c r="E147" s="11">
-        <v>2561</v>
+      <c r="E147" s="11" t="s">
+        <v>6</v>
       </c>
       <c r="F147" s="11" t="s">
-        <v>67</v>
+        <v>6</v>
       </c>
       <c r="G147" s="10"/>
     </row>
     <row r="148" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A148" s="5">
         <f t="shared" si="2"/>
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B148" s="14" t="s">
         <v>209</v>
       </c>
-      <c r="C148" s="15">
-[...3 lines deleted...]
-        <v>44460</v>
+      <c r="C148" s="2">
+        <v>40003448498</v>
+      </c>
+      <c r="D148" s="3">
+        <v>44459</v>
       </c>
       <c r="E148" s="11" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="F148" s="11" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="G148" s="10"/>
     </row>
     <row r="149" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A149" s="5">
         <f t="shared" si="2"/>
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B149" s="14" t="s">
         <v>210</v>
       </c>
-      <c r="C149" s="15">
-[...2 lines deleted...]
-      <c r="D149" s="16">
+      <c r="C149" s="2">
+        <v>40003759259</v>
+      </c>
+      <c r="D149" s="3">
         <v>44459</v>
       </c>
-      <c r="E149" s="11" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="E149" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="F149" s="15" t="s">
+        <v>4</v>
       </c>
       <c r="G149" s="10"/>
     </row>
-    <row r="150" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:7" ht="63" x14ac:dyDescent="0.25">
       <c r="A150" s="5">
         <f t="shared" si="2"/>
+        <v>147</v>
+      </c>
+      <c r="B150" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="C150" s="2">
+        <v>42103021136</v>
+      </c>
+      <c r="D150" s="3">
+        <v>44474</v>
+      </c>
+      <c r="E150" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="F150" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="G150" s="10"/>
+    </row>
+    <row r="151" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="5">
+        <f t="shared" si="2"/>
         <v>148</v>
       </c>
-      <c r="B150" s="14" t="s">
+      <c r="B151" s="14" t="s">
         <v>211</v>
       </c>
-      <c r="C150" s="15">
-[...14 lines deleted...]
-      <c r="A151" s="5">
+      <c r="C151" s="2">
+        <v>50003069801</v>
+      </c>
+      <c r="D151" s="3">
+        <v>44477</v>
+      </c>
+      <c r="E151" s="11" t="s">
+        <v>231</v>
+      </c>
+      <c r="F151" s="11" t="s">
+        <v>301</v>
+      </c>
+      <c r="G151" s="10"/>
+    </row>
+    <row r="152" spans="1:7" ht="110.25" x14ac:dyDescent="0.25">
+      <c r="A152" s="5">
         <f t="shared" si="2"/>
         <v>149</v>
-      </c>
-[...20 lines deleted...]
-        <v>150</v>
       </c>
       <c r="B152" s="14" t="s">
         <v>212</v>
       </c>
-      <c r="C152" s="15">
-[...2 lines deleted...]
-      <c r="D152" s="16">
+      <c r="C152" s="2">
+        <v>40103213607</v>
+      </c>
+      <c r="D152" s="3">
         <v>44477</v>
       </c>
-      <c r="E152" s="11" t="s">
-[...3 lines deleted...]
-        <v>302</v>
+      <c r="E152" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="F152" s="15" t="s">
+        <v>291</v>
       </c>
       <c r="G152" s="10"/>
     </row>
-    <row r="153" spans="1:7" ht="110.25" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A153" s="5">
         <f t="shared" si="2"/>
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B153" s="14" t="s">
         <v>213</v>
       </c>
-      <c r="C153" s="15">
-[...2 lines deleted...]
-      <c r="D153" s="16">
+      <c r="C153" s="2">
+        <v>40003017691</v>
+      </c>
+      <c r="D153" s="3">
         <v>44477</v>
       </c>
-      <c r="E153" s="17" t="s">
-[...3 lines deleted...]
-        <v>292</v>
+      <c r="E153" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F153" s="11" t="s">
+        <v>24</v>
       </c>
       <c r="G153" s="10"/>
     </row>
     <row r="154" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A154" s="5">
         <f t="shared" si="2"/>
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B154" s="14" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>44477</v>
+        <v>234</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="D154" s="3">
+        <v>44488</v>
       </c>
       <c r="E154" s="11" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="F154" s="11" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="G154" s="10"/>
     </row>
     <row r="155" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A155" s="5">
         <f t="shared" si="2"/>
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B155" s="14" t="s">
-        <v>235</v>
-[...8 lines deleted...]
-        <v>237</v>
+        <v>214</v>
+      </c>
+      <c r="C155" s="2">
+        <v>41503069355</v>
+      </c>
+      <c r="D155" s="3">
+        <v>44498</v>
+      </c>
+      <c r="E155" s="11">
+        <v>1072</v>
       </c>
       <c r="F155" s="11" t="s">
-        <v>237</v>
+        <v>10</v>
       </c>
       <c r="G155" s="10"/>
     </row>
     <row r="156" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A156" s="5">
         <f t="shared" si="2"/>
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B156" s="14" t="s">
         <v>215</v>
       </c>
-      <c r="C156" s="15">
-[...2 lines deleted...]
-      <c r="D156" s="16">
+      <c r="C156" s="2">
+        <v>41503080653</v>
+      </c>
+      <c r="D156" s="3">
         <v>44498</v>
       </c>
       <c r="E156" s="11">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="F156" s="11" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G156" s="10"/>
     </row>
     <row r="157" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A157" s="5">
         <f t="shared" si="2"/>
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B157" s="14" t="s">
         <v>216</v>
       </c>
-      <c r="C157" s="15">
-[...2 lines deleted...]
-      <c r="D157" s="16">
+      <c r="C157" s="2">
+        <v>40003400519</v>
+      </c>
+      <c r="D157" s="3">
         <v>44498</v>
       </c>
       <c r="E157" s="11">
-        <v>1071</v>
+        <v>1105</v>
       </c>
       <c r="F157" s="11" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G157" s="10"/>
     </row>
     <row r="158" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A158" s="5">
         <f t="shared" si="2"/>
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B158" s="14" t="s">
         <v>217</v>
       </c>
-      <c r="C158" s="15">
-[...2 lines deleted...]
-      <c r="D158" s="16">
+      <c r="C158" s="2">
+        <v>41503050589</v>
+      </c>
+      <c r="D158" s="3">
         <v>44498</v>
       </c>
-      <c r="E158" s="11">
-        <v>1105</v>
+      <c r="E158" s="11" t="s">
+        <v>142</v>
       </c>
       <c r="F158" s="11" t="s">
-        <v>21</v>
+        <v>142</v>
       </c>
       <c r="G158" s="10"/>
     </row>
     <row r="159" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A159" s="5">
         <f t="shared" si="2"/>
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B159" s="14" t="s">
         <v>218</v>
       </c>
-      <c r="C159" s="15">
-[...2 lines deleted...]
-      <c r="D159" s="16">
+      <c r="C159" s="2">
+        <v>40103217882</v>
+      </c>
+      <c r="D159" s="3">
         <v>44498</v>
       </c>
-      <c r="E159" s="11" t="s">
-        <v>142</v>
+      <c r="E159" s="11">
+        <v>1082</v>
       </c>
       <c r="F159" s="11" t="s">
         <v>142</v>
       </c>
       <c r="G159" s="10"/>
     </row>
     <row r="160" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A160" s="5">
         <f t="shared" si="2"/>
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B160" s="14" t="s">
-        <v>219</v>
-[...8 lines deleted...]
-        <v>1082</v>
+        <v>221</v>
+      </c>
+      <c r="C160" s="2">
+        <v>40003058863</v>
+      </c>
+      <c r="D160" s="3">
+        <v>44501</v>
+      </c>
+      <c r="E160" s="11" t="s">
+        <v>12</v>
       </c>
       <c r="F160" s="11" t="s">
-        <v>142</v>
+        <v>12</v>
       </c>
       <c r="G160" s="10"/>
     </row>
     <row r="161" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A161" s="5">
-        <f t="shared" ref="A161:A196" si="3">ROW(A159)</f>
-        <v>159</v>
+        <f t="shared" si="2"/>
+        <v>158</v>
       </c>
       <c r="B161" s="14" t="s">
-        <v>222</v>
-[...5 lines deleted...]
-        <v>44501</v>
+        <v>219</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="D161" s="3">
+        <v>44502</v>
       </c>
       <c r="E161" s="11" t="s">
-        <v>12</v>
+        <v>233</v>
       </c>
       <c r="F161" s="11" t="s">
-        <v>12</v>
+        <v>233</v>
       </c>
       <c r="G161" s="10"/>
     </row>
     <row r="162" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A162" s="5">
-        <f t="shared" si="3"/>
-        <v>160</v>
+        <f t="shared" si="2"/>
+        <v>159</v>
       </c>
       <c r="B162" s="14" t="s">
         <v>220</v>
       </c>
-      <c r="C162" s="15" t="s">
-[...2 lines deleted...]
-      <c r="D162" s="16">
+      <c r="C162" s="2">
+        <v>40003012798</v>
+      </c>
+      <c r="D162" s="3">
         <v>44502</v>
       </c>
-      <c r="E162" s="11" t="s">
-        <v>234</v>
+      <c r="E162" s="11">
+        <v>2712</v>
       </c>
       <c r="F162" s="11" t="s">
-        <v>234</v>
+        <v>292</v>
       </c>
       <c r="G162" s="10"/>
     </row>
     <row r="163" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A163" s="5">
-        <f t="shared" si="3"/>
-        <v>161</v>
+        <f t="shared" si="2"/>
+        <v>160</v>
       </c>
       <c r="B163" s="14" t="s">
-        <v>221</v>
-[...4 lines deleted...]
-      <c r="D163" s="16">
+        <v>222</v>
+      </c>
+      <c r="C163" s="2">
+        <v>41503040523</v>
+      </c>
+      <c r="D163" s="3">
         <v>44502</v>
       </c>
       <c r="E163" s="11">
-        <v>2712</v>
+        <v>2060</v>
       </c>
       <c r="F163" s="11" t="s">
         <v>293</v>
       </c>
       <c r="G163" s="10"/>
     </row>
     <row r="164" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A164" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B164" s="14" t="s">
+        <f t="shared" si="2"/>
+        <v>161</v>
+      </c>
+      <c r="B164" s="16" t="s">
         <v>223</v>
       </c>
-      <c r="C164" s="15">
-[...3 lines deleted...]
-        <v>44502</v>
+      <c r="C164" s="7">
+        <v>48503013798</v>
+      </c>
+      <c r="D164" s="8" t="s">
+        <v>224</v>
       </c>
       <c r="E164" s="11">
-        <v>2060</v>
+        <v>2221</v>
       </c>
       <c r="F164" s="11" t="s">
         <v>294</v>
       </c>
       <c r="G164" s="10"/>
     </row>
     <row r="165" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A165" s="5">
-        <f t="shared" si="3"/>
-[...8 lines deleted...]
-      <c r="D165" s="8" t="s">
+        <f t="shared" si="2"/>
+        <v>162</v>
+      </c>
+      <c r="B165" s="16" t="s">
         <v>225</v>
       </c>
-      <c r="E165" s="11">
-        <v>2221</v>
+      <c r="C165" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D165" s="8">
+        <v>44511</v>
+      </c>
+      <c r="E165" s="11" t="s">
+        <v>28</v>
       </c>
       <c r="F165" s="11" t="s">
-        <v>295</v>
+        <v>28</v>
       </c>
       <c r="G165" s="10"/>
     </row>
     <row r="166" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A166" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>226</v>
+        <f t="shared" si="2"/>
+        <v>163</v>
+      </c>
+      <c r="B166" s="16" t="s">
+        <v>227</v>
       </c>
       <c r="C166" s="7" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D166" s="8">
-        <v>44511</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>44529</v>
+      </c>
+      <c r="E166" s="11">
+        <v>2611</v>
       </c>
       <c r="F166" s="11" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
       <c r="G166" s="10"/>
     </row>
     <row r="167" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A167" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>228</v>
+        <f t="shared" si="2"/>
+        <v>164</v>
+      </c>
+      <c r="B167" s="16" t="s">
+        <v>229</v>
       </c>
       <c r="C167" s="7" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D167" s="8">
         <v>44529</v>
       </c>
       <c r="E167" s="11">
-        <v>2611</v>
+        <v>1020</v>
       </c>
       <c r="F167" s="11" t="s">
-        <v>296</v>
+        <v>31</v>
       </c>
       <c r="G167" s="10"/>
     </row>
     <row r="168" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A168" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>230</v>
+        <f t="shared" si="2"/>
+        <v>165</v>
+      </c>
+      <c r="B168" s="16" t="s">
+        <v>238</v>
       </c>
       <c r="C168" s="7" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="D168" s="8">
-        <v>44529</v>
+        <v>44557</v>
       </c>
       <c r="E168" s="11">
-        <v>1020</v>
+        <v>1051</v>
       </c>
       <c r="F168" s="11" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="G168" s="10"/>
     </row>
     <row r="169" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A169" s="5">
-        <f t="shared" si="3"/>
-[...6 lines deleted...]
-        <v>240</v>
+        <f t="shared" si="2"/>
+        <v>166</v>
+      </c>
+      <c r="B169" s="16" t="s">
+        <v>242</v>
+      </c>
+      <c r="C169" s="7">
+        <v>42403012397</v>
       </c>
       <c r="D169" s="8">
-        <v>44557</v>
+        <v>44567</v>
       </c>
       <c r="E169" s="11">
-        <v>1051</v>
+        <v>1011</v>
       </c>
       <c r="F169" s="11" t="s">
-        <v>14</v>
+        <v>135</v>
       </c>
       <c r="G169" s="10"/>
     </row>
     <row r="170" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A170" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B170" s="18" t="s">
+        <f t="shared" si="2"/>
+        <v>167</v>
+      </c>
+      <c r="B170" s="16" t="s">
         <v>243</v>
       </c>
-      <c r="C170" s="7">
-        <v>42403012397</v>
+      <c r="C170" s="7" t="s">
+        <v>244</v>
       </c>
       <c r="D170" s="8">
-        <v>44567</v>
+        <v>44593</v>
       </c>
       <c r="E170" s="11">
-        <v>1011</v>
+        <v>1621</v>
       </c>
       <c r="F170" s="11" t="s">
-        <v>135</v>
+        <v>46</v>
       </c>
       <c r="G170" s="10"/>
     </row>
     <row r="171" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A171" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>244</v>
+        <f t="shared" si="2"/>
+        <v>168</v>
+      </c>
+      <c r="B171" s="16" t="s">
+        <v>245</v>
       </c>
       <c r="C171" s="7" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D171" s="8">
         <v>44593</v>
       </c>
       <c r="E171" s="11">
-        <v>1621</v>
+        <v>2511</v>
       </c>
       <c r="F171" s="11" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="G171" s="10"/>
     </row>
     <row r="172" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A172" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>246</v>
+        <f t="shared" si="2"/>
+        <v>169</v>
+      </c>
+      <c r="B172" s="16" t="s">
+        <v>247</v>
       </c>
       <c r="C172" s="7" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D172" s="8">
         <v>44593</v>
       </c>
       <c r="E172" s="11">
-        <v>2511</v>
+        <v>1051</v>
       </c>
       <c r="F172" s="11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G172" s="10"/>
     </row>
     <row r="173" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A173" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>248</v>
+        <f t="shared" si="2"/>
+        <v>170</v>
+      </c>
+      <c r="B173" s="16" t="s">
+        <v>249</v>
       </c>
       <c r="C173" s="7" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D173" s="8">
         <v>44593</v>
       </c>
       <c r="E173" s="11">
-        <v>1051</v>
+        <v>2561</v>
       </c>
       <c r="F173" s="11" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="G173" s="10"/>
     </row>
     <row r="174" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A174" s="5">
-        <f t="shared" si="3"/>
-[...5 lines deleted...]
-      <c r="C174" s="7" t="s">
+        <f t="shared" si="2"/>
+        <v>171</v>
+      </c>
+      <c r="B174" s="17" t="s">
         <v>251</v>
       </c>
-      <c r="D174" s="8">
-[...6 lines deleted...]
-        <v>67</v>
+      <c r="C174" s="24">
+        <v>40003519875</v>
+      </c>
+      <c r="D174" s="18">
+        <v>44617</v>
+      </c>
+      <c r="E174" s="19">
+        <v>1071</v>
+      </c>
+      <c r="F174" s="21" t="s">
+        <v>24</v>
       </c>
       <c r="G174" s="10"/>
     </row>
     <row r="175" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A175" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B175" s="19" t="s">
+        <f t="shared" si="2"/>
+        <v>172</v>
+      </c>
+      <c r="B175" s="20" t="s">
         <v>252</v>
       </c>
-      <c r="C175" s="27">
-[...2 lines deleted...]
-      <c r="D175" s="20">
+      <c r="C175" s="24">
+        <v>50003392641</v>
+      </c>
+      <c r="D175" s="18">
         <v>44617</v>
       </c>
-      <c r="E175" s="21">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="E175" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="F175" s="21" t="s">
+        <v>4</v>
       </c>
       <c r="G175" s="10"/>
     </row>
     <row r="176" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A176" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B176" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>173</v>
+      </c>
+      <c r="B176" s="20" t="s">
         <v>253</v>
       </c>
-      <c r="C176" s="27">
-[...9 lines deleted...]
-        <v>4</v>
+      <c r="C176" s="24">
+        <v>40003502366</v>
+      </c>
+      <c r="D176" s="18">
+        <v>44636</v>
+      </c>
+      <c r="E176" s="19">
+        <v>1041</v>
+      </c>
+      <c r="F176" s="21" t="s">
+        <v>303</v>
       </c>
       <c r="G176" s="10"/>
     </row>
     <row r="177" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A177" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B177" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>174</v>
+      </c>
+      <c r="B177" s="14" t="s">
         <v>254</v>
       </c>
-      <c r="C177" s="27">
-[...11 lines deleted...]
-      <c r="G177" s="10"/>
+      <c r="C177" s="25">
+        <v>48503016830</v>
+      </c>
+      <c r="D177" s="3">
+        <v>44683</v>
+      </c>
+      <c r="E177" s="2">
+        <v>1051</v>
+      </c>
+      <c r="F177" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G177" s="2"/>
     </row>
     <row r="178" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A178" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B178" s="24" t="s">
+        <f t="shared" si="2"/>
+        <v>175</v>
+      </c>
+      <c r="B178" s="14" t="s">
         <v>255</v>
       </c>
-      <c r="C178" s="28">
-        <v>48503016830</v>
+      <c r="C178" s="24">
+        <v>45101000230</v>
       </c>
       <c r="D178" s="3">
         <v>44683</v>
       </c>
-      <c r="E178" s="2">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="E178" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="F178" s="22" t="s">
+        <v>4</v>
       </c>
       <c r="G178" s="2"/>
     </row>
     <row r="179" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A179" s="5">
-        <f t="shared" si="3"/>
-[...17 lines deleted...]
-      <c r="G179" s="2"/>
+        <f t="shared" si="2"/>
+        <v>176</v>
+      </c>
+      <c r="B179" s="20" t="s">
+        <v>258</v>
+      </c>
+      <c r="C179" s="24">
+        <v>48503002351</v>
+      </c>
+      <c r="D179" s="18">
+        <v>44742</v>
+      </c>
+      <c r="E179" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="F179" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="G179" s="20"/>
     </row>
     <row r="180" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A180" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B180" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>177</v>
+      </c>
+      <c r="B180" s="20" t="s">
         <v>259</v>
       </c>
-      <c r="C180" s="27">
-[...11 lines deleted...]
-      <c r="G180" s="22"/>
+      <c r="C180" s="24">
+        <v>40203106827</v>
+      </c>
+      <c r="D180" s="18">
+        <v>44756</v>
+      </c>
+      <c r="E180" s="2">
+        <v>1020</v>
+      </c>
+      <c r="F180" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="G180" s="20"/>
     </row>
     <row r="181" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A181" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B181" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>178</v>
+      </c>
+      <c r="B181" s="20" t="s">
         <v>260</v>
       </c>
-      <c r="C181" s="27">
-[...3 lines deleted...]
-        <v>44756</v>
+      <c r="C181" s="24">
+        <v>44103012729</v>
+      </c>
+      <c r="D181" s="18">
+        <v>44781</v>
       </c>
       <c r="E181" s="2">
-        <v>1020</v>
-[...4 lines deleted...]
-      <c r="G181" s="22"/>
+        <v>1039</v>
+      </c>
+      <c r="F181" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="G181" s="20"/>
     </row>
     <row r="182" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A182" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B182" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>179</v>
+      </c>
+      <c r="B182" s="20" t="s">
         <v>261</v>
       </c>
-      <c r="C182" s="27">
-[...11 lines deleted...]
-      <c r="G182" s="22"/>
+      <c r="C182" s="2">
+        <v>40003765664</v>
+      </c>
+      <c r="D182" s="18">
+        <v>44987</v>
+      </c>
+      <c r="E182" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F182" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="G182" s="20"/>
     </row>
     <row r="183" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A183" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>262</v>
+        <f t="shared" si="2"/>
+        <v>180</v>
+      </c>
+      <c r="B183" s="20" t="s">
+        <v>263</v>
       </c>
       <c r="C183" s="2">
-        <v>40003765664</v>
-[...10 lines deleted...]
-      <c r="G183" s="22"/>
+        <v>42103048836</v>
+      </c>
+      <c r="D183" s="18">
+        <v>45155</v>
+      </c>
+      <c r="E183" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="F183" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="G183" s="20"/>
     </row>
     <row r="184" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A184" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B184" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>181</v>
+      </c>
+      <c r="B184" s="20" t="s">
         <v>264</v>
       </c>
       <c r="C184" s="2">
-        <v>42103048836</v>
-[...10 lines deleted...]
-      <c r="G184" s="22"/>
+        <v>40103343655</v>
+      </c>
+      <c r="D184" s="18">
+        <v>45204</v>
+      </c>
+      <c r="E184" s="2">
+        <v>1051</v>
+      </c>
+      <c r="F184" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G184" s="20"/>
     </row>
     <row r="185" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A185" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B185" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>182</v>
+      </c>
+      <c r="B185" s="20" t="s">
         <v>265</v>
       </c>
       <c r="C185" s="2">
-        <v>40103343655</v>
-[...10 lines deleted...]
-      <c r="G185" s="22"/>
+        <v>40103896623</v>
+      </c>
+      <c r="D185" s="18">
+        <v>45215</v>
+      </c>
+      <c r="E185" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="F185" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="G185" s="20"/>
     </row>
     <row r="186" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A186" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B186" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>183</v>
+      </c>
+      <c r="B186" s="20" t="s">
         <v>266</v>
       </c>
       <c r="C186" s="2">
-        <v>40103896623</v>
-[...1 lines deleted...]
-      <c r="D186" s="20">
+        <v>40003101668</v>
+      </c>
+      <c r="D186" s="18">
         <v>45215</v>
       </c>
-      <c r="E186" s="29" t="s">
-[...5 lines deleted...]
-      <c r="G186" s="22"/>
+      <c r="E186" s="2">
+        <v>1071</v>
+      </c>
+      <c r="F186" s="26" t="s">
+        <v>24</v>
+      </c>
+      <c r="G186" s="20"/>
     </row>
     <row r="187" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A187" s="5">
-        <f t="shared" si="3"/>
-[...3 lines deleted...]
-        <v>267</v>
+        <f t="shared" si="2"/>
+        <v>184</v>
+      </c>
+      <c r="B187" s="20" t="s">
+        <v>269</v>
       </c>
       <c r="C187" s="2">
-        <v>40003101668</v>
-[...2 lines deleted...]
-        <v>45215</v>
+        <v>40003493082</v>
+      </c>
+      <c r="D187" s="18">
+        <v>45334</v>
       </c>
       <c r="E187" s="2">
-        <v>1071</v>
-[...4 lines deleted...]
-      <c r="G187" s="22"/>
+        <v>1020</v>
+      </c>
+      <c r="F187" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="G187" s="20"/>
     </row>
     <row r="188" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A188" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B188" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>185</v>
+      </c>
+      <c r="B188" s="20" t="s">
         <v>270</v>
       </c>
       <c r="C188" s="2">
-        <v>40003493082</v>
-[...2 lines deleted...]
-        <v>45334</v>
+        <v>40203246591</v>
+      </c>
+      <c r="D188" s="18">
+        <v>45357</v>
       </c>
       <c r="E188" s="2">
-        <v>1020</v>
-[...4 lines deleted...]
-      <c r="G188" s="22"/>
+        <v>1072</v>
+      </c>
+      <c r="F188" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G188" s="20"/>
     </row>
     <row r="189" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A189" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B189" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>186</v>
+      </c>
+      <c r="B189" s="20" t="s">
         <v>271</v>
       </c>
       <c r="C189" s="2">
-        <v>40203246591</v>
-[...2 lines deleted...]
-        <v>45357</v>
+        <v>43603036823</v>
+      </c>
+      <c r="D189" s="18">
+        <v>45450</v>
       </c>
       <c r="E189" s="2">
-        <v>1072</v>
-[...4 lines deleted...]
-      <c r="G189" s="22"/>
+        <v>1051</v>
+      </c>
+      <c r="F189" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="G189" s="10"/>
     </row>
     <row r="190" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A190" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B190" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>187</v>
+      </c>
+      <c r="B190" s="20" t="s">
         <v>272</v>
       </c>
       <c r="C190" s="2">
-        <v>43603036823</v>
-[...10 lines deleted...]
-      <c r="G190" s="10"/>
+        <v>40003689515</v>
+      </c>
+      <c r="D190" s="18">
+        <v>45484</v>
+      </c>
+      <c r="E190" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="F190" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="G190" s="20"/>
     </row>
     <row r="191" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A191" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B191" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>188</v>
+      </c>
+      <c r="B191" s="20" t="s">
         <v>273</v>
       </c>
       <c r="C191" s="2">
-        <v>40003689515</v>
-[...10 lines deleted...]
-      <c r="G191" s="22"/>
+        <v>40002056297</v>
+      </c>
+      <c r="D191" s="18">
+        <v>45617</v>
+      </c>
+      <c r="E191" s="2">
+        <v>2442</v>
+      </c>
+      <c r="F191" s="26" t="s">
+        <v>6</v>
+      </c>
+      <c r="G191" s="10"/>
     </row>
     <row r="192" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A192" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B192" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>189</v>
+      </c>
+      <c r="B192" s="20" t="s">
         <v>274</v>
       </c>
       <c r="C192" s="2">
-        <v>40002056297</v>
-[...10 lines deleted...]
-      <c r="G192" s="10"/>
+        <v>48503003037</v>
+      </c>
+      <c r="D192" s="18">
+        <v>45674</v>
+      </c>
+      <c r="E192" s="26"/>
+      <c r="F192" s="26" t="s">
+        <v>281</v>
+      </c>
+      <c r="G192" s="20"/>
     </row>
     <row r="193" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A193" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B193" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>190</v>
+      </c>
+      <c r="B193" s="20" t="s">
         <v>275</v>
       </c>
-      <c r="C193" s="2">
-[...6 lines deleted...]
-      <c r="F193" s="29" t="s">
+      <c r="C193" s="31">
+        <v>43603092356</v>
+      </c>
+      <c r="D193" s="18">
+        <v>45701</v>
+      </c>
+      <c r="E193" s="26"/>
+      <c r="F193" s="26" t="s">
         <v>282</v>
       </c>
-      <c r="G193" s="22"/>
+      <c r="G193" s="10"/>
     </row>
     <row r="194" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A194" s="5">
-        <f t="shared" si="3"/>
-[...15 lines deleted...]
-      <c r="G194" s="10"/>
+        <f t="shared" si="2"/>
+        <v>191</v>
+      </c>
+      <c r="B194" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="C194" s="2">
+        <v>40003020653</v>
+      </c>
+      <c r="D194" s="18">
+        <v>45709</v>
+      </c>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2">
+        <v>1061</v>
+      </c>
+      <c r="G194" s="20"/>
     </row>
     <row r="195" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A195" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B195" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>192</v>
+      </c>
+      <c r="B195" s="20" t="s">
         <v>309</v>
       </c>
       <c r="C195" s="2">
-        <v>40003020653</v>
-[...2 lines deleted...]
-        <v>45709</v>
+        <v>40103541779</v>
+      </c>
+      <c r="D195" s="18">
+        <v>45756</v>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2">
         <v>1061</v>
       </c>
-      <c r="G195" s="22"/>
+      <c r="G195" s="10"/>
     </row>
     <row r="196" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A196" s="5">
-        <f t="shared" si="3"/>
-[...2 lines deleted...]
-      <c r="B196" s="22" t="s">
+        <f t="shared" si="2"/>
+        <v>193</v>
+      </c>
+      <c r="B196" s="20" t="s">
         <v>310</v>
       </c>
       <c r="C196" s="2">
-        <v>40103541779</v>
-[...2 lines deleted...]
-        <v>45756</v>
+        <v>45101001772</v>
+      </c>
+      <c r="D196" s="18">
+        <v>45828</v>
       </c>
       <c r="E196" s="2"/>
-      <c r="F196" s="2">
-[...21 lines deleted...]
-      <c r="G197" s="22"/>
+      <c r="F196" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="G196" s="20"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:G3"/>
+  <autoFilter ref="A3:G3" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="89" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>