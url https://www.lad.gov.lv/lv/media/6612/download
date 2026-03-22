--- v1 (2026-01-02)
+++ v2 (2026-03-22)
@@ -1,80 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\martins.irbe\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\_Atbalsta dep\Darbinieki\Strele_Sandra\dabasgāze\DG saraksti\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C718D2FA-1DCC-4D76-A116-BC3BAA5E2C25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3A3D3B6-2EA2-4F75-8E33-B8B313939599}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet2" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet2!$A$3:$G$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A194" i="2" l="1"/>
   <c r="A195" i="2"/>
   <c r="A196" i="2"/>
   <c r="A176" i="2"/>
   <c r="A177" i="2"/>
   <c r="A178" i="2"/>
   <c r="A179" i="2"/>
   <c r="A180" i="2"/>
   <c r="A181" i="2"/>
   <c r="A182" i="2"/>
   <c r="A183" i="2"/>
   <c r="A184" i="2"/>
   <c r="A185" i="2"/>
   <c r="A186" i="2"/>
   <c r="A187" i="2"/>
   <c r="A188" i="2"/>
   <c r="A189" i="2"/>
   <c r="A190" i="2"/>
@@ -235,51 +224,51 @@
   <c r="A11" i="2"/>
   <c r="A12" i="2"/>
   <c r="A13" i="2"/>
   <c r="A14" i="2"/>
   <c r="A15" i="2"/>
   <c r="A16" i="2"/>
   <c r="A17" i="2"/>
   <c r="A18" i="2"/>
   <c r="A19" i="2"/>
   <c r="A20" i="2"/>
   <c r="A21" i="2"/>
   <c r="A22" i="2"/>
   <c r="A23" i="2"/>
   <c r="A24" i="2"/>
   <c r="A25" i="2"/>
   <c r="A26" i="2"/>
   <c r="A27" i="2"/>
   <c r="A28" i="2"/>
   <c r="A29" i="2"/>
   <c r="A30" i="2"/>
   <c r="A4" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="571" uniqueCount="312">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Reģistrācijas Nr.</t>
   </si>
   <si>
     <t>Lēmuma datums</t>
   </si>
   <si>
     <t>SIA JOŽI</t>
   </si>
   <si>
     <t>0163</t>
   </si>
   <si>
     <t>SIA ALL recycling</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>ZS LIEPMUIŽA</t>
   </si>
   <si>
@@ -1224,50 +1213,53 @@
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>1089;1107</t>
   </si>
   <si>
     <t>NACE 2.1*
 kods</t>
   </si>
   <si>
     <t>* no 2025.gada 1.janvāra tiek izmantota Eiropas Kopienas saimniecisko darbību statistiskā klasifikācijas (NACE) 2.1. redakcija</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>AS Dobeles dzirnavnieks</t>
   </si>
   <si>
     <t>SIA Felici</t>
   </si>
   <si>
     <t>ZS Anšītes</t>
+  </si>
+  <si>
+    <t>SIA AKG THERMOTECHNIK LETTLAND</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
@@ -1385,51 +1377,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1485,50 +1477,53 @@
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1777,4353 +1772,4380 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G196"/>
+  <dimension ref="A1:G198"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft" activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="4"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="4"/>
+    <col min="1" max="1" width="8.88671875" style="4"/>
+    <col min="2" max="2" width="51.5546875" style="4" customWidth="1"/>
+    <col min="3" max="3" width="17.44140625" style="23" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.44140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.5546875" style="23" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.44140625" style="23" customWidth="1"/>
+    <col min="7" max="7" width="35.44140625" style="4" customWidth="1"/>
+    <col min="8" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="61.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" ht="61.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="32" t="s">
         <v>237</v>
       </c>
       <c r="B1" s="32"/>
       <c r="C1" s="32"/>
       <c r="D1" s="32"/>
       <c r="E1" s="32"/>
       <c r="F1" s="32"/>
       <c r="G1" s="32"/>
     </row>
-    <row r="2" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="33" t="s">
         <v>306</v>
       </c>
       <c r="B2" s="33"/>
       <c r="C2" s="33"/>
       <c r="D2" s="33"/>
       <c r="E2" s="33"/>
       <c r="F2" s="33"/>
       <c r="G2" s="33"/>
     </row>
-    <row r="3" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" ht="46.8" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>276</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>305</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="5">
         <f>ROW(A1)</f>
         <v>1</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="7">
         <v>45101001791</v>
       </c>
       <c r="D4" s="8">
         <v>44350</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="10"/>
     </row>
-    <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A5" s="5">
         <f t="shared" ref="A5:A68" si="0">ROW(A2)</f>
         <v>2</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="7">
         <v>40003802301</v>
       </c>
       <c r="D5" s="8">
         <v>44356</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F5" s="22" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="10"/>
     </row>
-    <row r="6" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A6" s="5">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="7">
         <v>48501017314</v>
       </c>
       <c r="D6" s="8">
         <v>44350</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="10"/>
     </row>
-    <row r="7" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A7" s="5">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="7">
         <v>43603048095</v>
       </c>
       <c r="D7" s="8">
         <v>44350</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="10"/>
     </row>
-    <row r="8" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A8" s="5">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="7">
         <v>40003258600</v>
       </c>
       <c r="D8" s="8">
         <v>44350</v>
       </c>
       <c r="E8" s="9">
         <v>1072</v>
       </c>
       <c r="F8" s="22" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="10"/>
     </row>
-    <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A9" s="5">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>277</v>
       </c>
       <c r="C9" s="7">
         <v>41702000901</v>
       </c>
       <c r="D9" s="8">
         <v>44356</v>
       </c>
       <c r="E9" s="9">
         <v>2511</v>
       </c>
       <c r="F9" s="22" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="10"/>
     </row>
-    <row r="10" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="5">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="7">
         <v>43903002031</v>
       </c>
       <c r="D10" s="8">
         <v>44350</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="10"/>
     </row>
-    <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A11" s="5">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="7">
         <v>43603000629</v>
       </c>
       <c r="D11" s="8">
         <v>44350</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="10"/>
     </row>
-    <row r="12" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A12" s="5">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="7">
         <v>43603003339</v>
       </c>
       <c r="D12" s="8">
         <v>44350</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="22" t="s">
         <v>17</v>
       </c>
       <c r="G12" s="28" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A13" s="5">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="7">
         <v>40001007453</v>
       </c>
       <c r="D13" s="8">
         <v>44350</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="10"/>
     </row>
-    <row r="14" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A14" s="5">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>268</v>
       </c>
       <c r="C14" s="7">
         <v>50003007411</v>
       </c>
       <c r="D14" s="8">
         <v>44350</v>
       </c>
       <c r="E14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="F14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="10"/>
     </row>
-    <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A15" s="5">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="7">
         <v>41503022195</v>
       </c>
       <c r="D15" s="8">
         <v>44350</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="22" t="s">
         <v>21</v>
       </c>
       <c r="G15" s="10"/>
     </row>
-    <row r="16" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A16" s="5">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="7">
         <v>41203013615</v>
       </c>
       <c r="D16" s="8">
         <v>44350</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="22" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="10"/>
     </row>
-    <row r="17" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A17" s="5">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="7">
         <v>41201005223</v>
       </c>
       <c r="D17" s="8">
         <v>44350</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="22" t="s">
         <v>21</v>
       </c>
       <c r="G17" s="10"/>
     </row>
-    <row r="18" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A18" s="5">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="7">
         <v>49502002230</v>
       </c>
       <c r="D18" s="8">
         <v>44350</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F18" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="10"/>
     </row>
-    <row r="19" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A19" s="5">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="7">
         <v>48503006122</v>
       </c>
       <c r="D19" s="8">
         <v>44362</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="F19" s="22" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="10"/>
     </row>
-    <row r="20" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A20" s="5">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="7">
         <v>49501007086</v>
       </c>
       <c r="D20" s="8">
         <v>44362</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F20" s="22" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="28"/>
     </row>
-    <row r="21" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A21" s="5">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="7">
         <v>59203002531</v>
       </c>
       <c r="D21" s="8">
         <v>44362</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>31</v>
       </c>
       <c r="F21" s="22" t="s">
         <v>31</v>
       </c>
       <c r="G21" s="10"/>
     </row>
-    <row r="22" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A22" s="5">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C22" s="7">
         <v>42103029905</v>
       </c>
       <c r="D22" s="8">
         <v>44362</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F22" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G22" s="10"/>
     </row>
-    <row r="23" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A23" s="5">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C23" s="7">
         <v>43903000755</v>
       </c>
       <c r="D23" s="8">
         <v>44362</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F23" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G23" s="10"/>
     </row>
-    <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A24" s="5">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="7">
         <v>50003000451</v>
       </c>
       <c r="D24" s="8">
         <v>44362</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="22" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="10"/>
     </row>
-    <row r="25" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A25" s="5">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="7">
         <v>45403003207</v>
       </c>
       <c r="D25" s="8">
         <v>44362</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="10"/>
     </row>
-    <row r="26" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A26" s="5">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="7">
         <v>41503027224</v>
       </c>
       <c r="D26" s="8">
         <v>44362</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F26" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G26" s="10"/>
     </row>
-    <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A27" s="5">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C27" s="7">
         <v>50003804501</v>
       </c>
       <c r="D27" s="8">
         <v>44356</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F27" s="22" t="s">
         <v>38</v>
       </c>
       <c r="G27" s="10"/>
     </row>
-    <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A28" s="5">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C28" s="7">
         <v>50003026431</v>
       </c>
       <c r="D28" s="8">
         <v>44366</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="10"/>
     </row>
-    <row r="29" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A29" s="5">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>40</v>
       </c>
       <c r="C29" s="7">
         <v>44101001966</v>
       </c>
       <c r="D29" s="8">
         <v>44362</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="10"/>
     </row>
-    <row r="30" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A30" s="5">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="7">
         <v>50003251341</v>
       </c>
       <c r="D30" s="8">
         <v>44362</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F30" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="10"/>
     </row>
-    <row r="31" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A31" s="5">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C31" s="7">
         <v>41503028291</v>
       </c>
       <c r="D31" s="8">
         <v>44364</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="10"/>
     </row>
-    <row r="32" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A32" s="5">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>43</v>
       </c>
       <c r="C32" s="7">
         <v>40003284444</v>
       </c>
       <c r="D32" s="8">
         <v>44356</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>44</v>
       </c>
       <c r="F32" s="22" t="s">
         <v>44</v>
       </c>
       <c r="G32" s="10"/>
     </row>
-    <row r="33" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A33" s="5">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>45</v>
       </c>
       <c r="C33" s="7">
         <v>40003279335</v>
       </c>
       <c r="D33" s="8">
         <v>44366</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F33" s="22" t="s">
         <v>46</v>
       </c>
       <c r="G33" s="10"/>
     </row>
-    <row r="34" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A34" s="5">
         <f t="shared" si="0"/>
         <v>31</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="7">
         <v>40003267800</v>
       </c>
       <c r="D34" s="8">
         <v>44364</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F34" s="22" t="s">
         <v>48</v>
       </c>
       <c r="G34" s="10"/>
     </row>
-    <row r="35" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A35" s="5">
         <f t="shared" si="0"/>
         <v>32</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C35" s="7">
         <v>43601007618</v>
       </c>
       <c r="D35" s="8">
         <v>44364</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F35" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G35" s="10"/>
     </row>
-    <row r="36" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A36" s="5">
         <f t="shared" si="0"/>
         <v>33</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D36" s="8">
         <v>44356</v>
       </c>
       <c r="E36" s="30" t="s">
         <v>304</v>
       </c>
       <c r="F36" s="29" t="s">
         <v>278</v>
       </c>
       <c r="G36" s="10"/>
     </row>
-    <row r="37" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A37" s="5">
         <f t="shared" si="0"/>
         <v>34</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D37" s="8">
         <v>44364</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F37" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G37" s="10"/>
     </row>
-    <row r="38" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A38" s="5">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="7">
         <v>44103002504</v>
       </c>
       <c r="D38" s="8">
         <v>44356</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F38" s="22" t="s">
         <v>55</v>
       </c>
       <c r="G38" s="10"/>
     </row>
-    <row r="39" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A39" s="5">
         <f t="shared" si="0"/>
         <v>36</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="7">
         <v>48503019589</v>
       </c>
       <c r="D39" s="8">
         <v>44364</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F39" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G39" s="10"/>
     </row>
-    <row r="40" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A40" s="5">
         <f t="shared" si="0"/>
         <v>37</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>58</v>
       </c>
       <c r="D40" s="8">
         <v>44364</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>21</v>
       </c>
       <c r="F40" s="22" t="s">
         <v>21</v>
       </c>
       <c r="G40" s="10"/>
     </row>
-    <row r="41" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A41" s="5">
         <f t="shared" si="0"/>
         <v>38</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="7">
         <v>40003264804</v>
       </c>
       <c r="D41" s="8">
         <v>44356</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F41" s="22" t="s">
         <v>60</v>
       </c>
       <c r="G41" s="10"/>
     </row>
-    <row r="42" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A42" s="5">
         <f t="shared" si="0"/>
         <v>39</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C42" s="7" t="s">
         <v>62</v>
       </c>
       <c r="D42" s="8">
         <v>44364</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F42" s="22" t="s">
         <v>63</v>
       </c>
       <c r="G42" s="10"/>
     </row>
-    <row r="43" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A43" s="5">
         <f t="shared" si="0"/>
         <v>40</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="7">
         <v>40003242065</v>
       </c>
       <c r="D43" s="8">
         <v>44364</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F43" s="22" t="s">
         <v>279</v>
       </c>
       <c r="G43" s="10"/>
     </row>
-    <row r="44" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A44" s="5">
         <f t="shared" si="0"/>
         <v>41</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C44" s="7">
         <v>40103411097</v>
       </c>
       <c r="D44" s="8">
         <v>44356</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F44" s="22" t="s">
         <v>67</v>
       </c>
       <c r="G44" s="10"/>
     </row>
-    <row r="45" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A45" s="5">
         <f t="shared" si="0"/>
         <v>42</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="7">
         <v>40003094173</v>
       </c>
       <c r="D45" s="8">
         <v>44364</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F45" s="22" t="s">
         <v>46</v>
       </c>
       <c r="G45" s="10"/>
     </row>
-    <row r="46" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A46" s="5">
         <f t="shared" si="0"/>
         <v>43</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="7">
         <v>40103006961</v>
       </c>
       <c r="D46" s="8">
         <v>44364</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>10</v>
       </c>
       <c r="F46" s="22" t="s">
         <v>10</v>
       </c>
       <c r="G46" s="10"/>
     </row>
-    <row r="47" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A47" s="5">
         <f t="shared" si="0"/>
         <v>44</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="7">
         <v>42403007589</v>
       </c>
       <c r="D47" s="8">
         <v>44364</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="22" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="10"/>
     </row>
-    <row r="48" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A48" s="5">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="7">
         <v>40003212709</v>
       </c>
       <c r="D48" s="8">
         <v>44364</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="10"/>
     </row>
-    <row r="49" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A49" s="5">
         <f t="shared" si="0"/>
         <v>46</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="7">
         <v>43603030977</v>
       </c>
       <c r="D49" s="8">
         <v>44365</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F49" s="22" t="s">
         <v>73</v>
       </c>
       <c r="G49" s="10"/>
     </row>
-    <row r="50" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A50" s="5">
         <f t="shared" si="0"/>
         <v>47</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C50" s="7">
         <v>44103005731</v>
       </c>
       <c r="D50" s="8">
         <v>44364</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F50" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="10"/>
     </row>
-    <row r="51" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A51" s="5">
         <f t="shared" si="0"/>
         <v>48</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>75</v>
       </c>
       <c r="D51" s="8">
         <v>44365</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F51" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G51" s="10"/>
     </row>
-    <row r="52" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A52" s="5">
         <f t="shared" si="0"/>
         <v>49</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C52" s="7" t="s">
         <v>77</v>
       </c>
       <c r="D52" s="8">
         <v>44369</v>
       </c>
       <c r="E52" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F52" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G52" s="10"/>
     </row>
-    <row r="53" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A53" s="5">
         <f t="shared" si="0"/>
         <v>50</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C53" s="7">
         <v>40003031873</v>
       </c>
       <c r="D53" s="8">
         <v>44369</v>
       </c>
       <c r="E53" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F53" s="11" t="s">
         <v>79</v>
       </c>
       <c r="G53" s="10"/>
     </row>
-    <row r="54" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A54" s="5">
         <f t="shared" si="0"/>
         <v>51</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C54" s="7" t="s">
         <v>81</v>
       </c>
       <c r="D54" s="8">
         <v>44369</v>
       </c>
       <c r="E54" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F54" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G54" s="10"/>
     </row>
-    <row r="55" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A55" s="5">
         <f t="shared" si="0"/>
         <v>52</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C55" s="7">
         <v>42403048500</v>
       </c>
       <c r="D55" s="8">
         <v>44369</v>
       </c>
       <c r="E55" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F55" s="11" t="s">
         <v>38</v>
       </c>
       <c r="G55" s="10"/>
     </row>
-    <row r="56" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A56" s="5">
         <f t="shared" si="0"/>
         <v>53</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C56" s="7" t="s">
         <v>84</v>
       </c>
       <c r="D56" s="8">
         <v>44369</v>
       </c>
       <c r="E56" s="11" t="s">
         <v>85</v>
       </c>
       <c r="F56" s="11" t="s">
         <v>85</v>
       </c>
       <c r="G56" s="10"/>
     </row>
-    <row r="57" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A57" s="5">
         <f t="shared" si="0"/>
         <v>54</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C57" s="7">
         <v>42403048500</v>
       </c>
       <c r="D57" s="8">
         <v>44369</v>
       </c>
       <c r="E57" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F57" s="11" t="s">
         <v>38</v>
       </c>
       <c r="G57" s="10"/>
     </row>
-    <row r="58" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A58" s="5">
         <f t="shared" si="0"/>
         <v>55</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>86</v>
       </c>
       <c r="C58" s="7">
         <v>40003220301</v>
       </c>
       <c r="D58" s="8">
         <v>44376</v>
       </c>
       <c r="E58" s="11" t="s">
         <v>87</v>
       </c>
       <c r="F58" s="11" t="s">
         <v>87</v>
       </c>
       <c r="G58" s="10"/>
     </row>
-    <row r="59" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A59" s="5">
         <f t="shared" si="0"/>
         <v>56</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C59" s="7">
         <v>40003215122</v>
       </c>
       <c r="D59" s="8">
         <v>44369</v>
       </c>
       <c r="E59" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F59" s="11" t="s">
         <v>38</v>
       </c>
       <c r="G59" s="10"/>
     </row>
-    <row r="60" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A60" s="5">
         <f t="shared" si="0"/>
         <v>57</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>89</v>
       </c>
       <c r="C60" s="7">
         <v>40003361531</v>
       </c>
       <c r="D60" s="8">
         <v>44369</v>
       </c>
       <c r="E60" s="11" t="s">
         <v>73</v>
       </c>
       <c r="F60" s="11" t="s">
         <v>73</v>
       </c>
       <c r="G60" s="10"/>
     </row>
-    <row r="61" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A61" s="5">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C61" s="7">
         <v>40003017441</v>
       </c>
       <c r="D61" s="8">
         <v>44369</v>
       </c>
       <c r="E61" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="10"/>
     </row>
-    <row r="62" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A62" s="5">
         <f t="shared" si="0"/>
         <v>59</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>91</v>
       </c>
       <c r="C62" s="7" t="s">
         <v>92</v>
       </c>
       <c r="D62" s="8">
         <v>44376</v>
       </c>
       <c r="E62" s="11" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G62" s="10"/>
     </row>
-    <row r="63" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A63" s="5">
         <f t="shared" si="0"/>
         <v>60</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C63" s="7">
         <v>40103013751</v>
       </c>
       <c r="D63" s="8">
         <v>44369</v>
       </c>
       <c r="E63" s="11" t="s">
         <v>94</v>
       </c>
       <c r="F63" s="11" t="s">
         <v>94</v>
       </c>
       <c r="G63" s="10"/>
     </row>
-    <row r="64" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A64" s="5">
         <f t="shared" si="0"/>
         <v>61</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C64" s="7">
         <v>50003248801</v>
       </c>
       <c r="D64" s="8">
         <v>44377</v>
       </c>
       <c r="E64" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F64" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G64" s="10"/>
     </row>
-    <row r="65" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A65" s="5">
         <f t="shared" si="0"/>
         <v>62</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C65" s="7">
         <v>40003015277</v>
       </c>
       <c r="D65" s="8">
         <v>44377</v>
       </c>
       <c r="E65" s="11" t="s">
         <v>97</v>
       </c>
       <c r="F65" s="11" t="s">
         <v>287</v>
       </c>
       <c r="G65" s="10"/>
     </row>
-    <row r="66" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A66" s="5">
         <f t="shared" si="0"/>
         <v>63</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C66" s="7" t="s">
         <v>99</v>
       </c>
       <c r="D66" s="8">
         <v>44377</v>
       </c>
       <c r="E66" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F66" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G66" s="10"/>
     </row>
-    <row r="67" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A67" s="5">
         <f t="shared" si="0"/>
         <v>64</v>
       </c>
       <c r="B67" s="12" t="s">
         <v>100</v>
       </c>
       <c r="C67" s="7">
         <v>40003034051</v>
       </c>
       <c r="D67" s="8">
         <v>44377</v>
       </c>
       <c r="E67" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F67" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G67" s="10"/>
     </row>
-    <row r="68" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A68" s="5">
         <f t="shared" si="0"/>
         <v>65</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>101</v>
       </c>
       <c r="C68" s="7">
         <v>41701004183</v>
       </c>
       <c r="D68" s="8">
         <v>44377</v>
       </c>
       <c r="E68" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F68" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G68" s="10"/>
     </row>
-    <row r="69" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A69" s="5">
         <f t="shared" ref="A69:A132" si="1">ROW(A66)</f>
         <v>66</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>102</v>
       </c>
       <c r="C69" s="7" t="s">
         <v>103</v>
       </c>
       <c r="D69" s="8">
         <v>44377</v>
       </c>
       <c r="E69" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F69" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G69" s="10"/>
     </row>
-    <row r="70" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A70" s="5">
         <f t="shared" si="1"/>
         <v>67</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C70" s="7">
         <v>48503003198</v>
       </c>
       <c r="D70" s="8">
         <v>44377</v>
       </c>
       <c r="E70" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F70" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="10"/>
     </row>
-    <row r="71" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A71" s="5">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>105</v>
       </c>
       <c r="C71" s="7">
         <v>41201011836</v>
       </c>
       <c r="D71" s="8">
         <v>44377</v>
       </c>
       <c r="E71" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F71" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G71" s="10"/>
     </row>
-    <row r="72" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A72" s="5">
         <f t="shared" si="1"/>
         <v>69</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>106</v>
       </c>
       <c r="C72" s="7">
         <v>50003090101</v>
       </c>
       <c r="D72" s="8">
         <v>44379</v>
       </c>
       <c r="E72" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F72" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="10"/>
     </row>
-    <row r="73" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A73" s="5">
         <f t="shared" si="1"/>
         <v>70</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>107</v>
       </c>
       <c r="C73" s="7">
         <v>40003752458</v>
       </c>
       <c r="D73" s="8">
         <v>44377</v>
       </c>
       <c r="E73" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F73" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G73" s="10"/>
     </row>
-    <row r="74" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A74" s="5">
         <f t="shared" si="1"/>
         <v>71</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C74" s="7">
         <v>43601027686</v>
       </c>
       <c r="D74" s="8">
         <v>44377</v>
       </c>
       <c r="E74" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F74" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G74" s="10"/>
     </row>
-    <row r="75" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A75" s="5">
         <f t="shared" si="1"/>
         <v>72</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>109</v>
       </c>
       <c r="C75" s="7">
         <v>40003585029</v>
       </c>
       <c r="D75" s="8">
         <v>44378</v>
       </c>
       <c r="E75" s="11">
         <v>2451</v>
       </c>
       <c r="F75" s="11" t="s">
         <v>280</v>
       </c>
       <c r="G75" s="10"/>
     </row>
-    <row r="76" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A76" s="5">
         <f t="shared" si="1"/>
         <v>73</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C76" s="7">
         <v>48503013815</v>
       </c>
       <c r="D76" s="8">
         <v>44378</v>
       </c>
       <c r="E76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="F76" s="11" t="s">
         <v>44</v>
       </c>
       <c r="G76" s="10"/>
     </row>
-    <row r="77" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A77" s="5">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C77" s="7" t="s">
         <v>112</v>
       </c>
       <c r="D77" s="8">
         <v>44378</v>
       </c>
       <c r="E77" s="11" t="s">
         <v>113</v>
       </c>
       <c r="F77" s="11" t="s">
         <v>288</v>
       </c>
       <c r="G77" s="10"/>
     </row>
-    <row r="78" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A78" s="5">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>114</v>
       </c>
       <c r="C78" s="7">
         <v>58503016921</v>
       </c>
       <c r="D78" s="8">
         <v>44381</v>
       </c>
       <c r="E78" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G78" s="10"/>
     </row>
-    <row r="79" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A79" s="5">
         <f t="shared" si="1"/>
         <v>76</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>115</v>
       </c>
       <c r="C79" s="7">
         <v>50103234121</v>
       </c>
       <c r="D79" s="8">
         <v>44378</v>
       </c>
       <c r="E79" s="11" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G79" s="10"/>
     </row>
-    <row r="80" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A80" s="5">
         <f t="shared" si="1"/>
         <v>77</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C80" s="7" t="s">
         <v>117</v>
       </c>
       <c r="D80" s="8">
         <v>44378</v>
       </c>
       <c r="E80" s="11" t="s">
         <v>118</v>
       </c>
       <c r="F80" s="11" t="s">
         <v>118</v>
       </c>
       <c r="G80" s="10"/>
     </row>
-    <row r="81" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A81" s="5">
         <f t="shared" si="1"/>
         <v>78</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>119</v>
       </c>
       <c r="C81" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D81" s="8">
         <v>44381</v>
       </c>
       <c r="E81" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F81" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G81" s="10"/>
     </row>
-    <row r="82" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A82" s="5">
         <f t="shared" si="1"/>
         <v>79</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>121</v>
       </c>
       <c r="C82" s="7">
         <v>40003622715</v>
       </c>
       <c r="D82" s="8">
         <v>44378</v>
       </c>
       <c r="E82" s="11" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G82" s="10"/>
     </row>
-    <row r="83" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A83" s="5">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C83" s="7">
         <v>40003284016</v>
       </c>
       <c r="D83" s="8">
         <v>44378</v>
       </c>
       <c r="E83" s="11" t="s">
         <v>123</v>
       </c>
       <c r="F83" s="11" t="s">
         <v>123</v>
       </c>
       <c r="G83" s="10"/>
     </row>
-    <row r="84" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A84" s="5">
         <f t="shared" si="1"/>
         <v>81</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>124</v>
       </c>
       <c r="C84" s="7">
         <v>40003026603</v>
       </c>
       <c r="D84" s="8">
         <v>44381</v>
       </c>
       <c r="E84" s="11" t="s">
         <v>125</v>
       </c>
       <c r="F84" s="11" t="s">
         <v>125</v>
       </c>
       <c r="G84" s="10"/>
     </row>
-    <row r="85" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A85" s="5">
         <f t="shared" si="1"/>
         <v>82</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C85" s="7">
         <v>50003572581</v>
       </c>
       <c r="D85" s="8">
         <v>44381</v>
       </c>
       <c r="E85" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F85" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G85" s="10"/>
     </row>
-    <row r="86" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A86" s="5">
         <f t="shared" si="1"/>
         <v>83</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C86" s="7">
         <v>40003574701</v>
       </c>
       <c r="D86" s="8">
         <v>44381</v>
       </c>
       <c r="E86" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F86" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G86" s="10"/>
     </row>
-    <row r="87" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A87" s="5">
         <f t="shared" si="1"/>
         <v>84</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>129</v>
       </c>
       <c r="C87" s="7">
         <v>42102017415</v>
       </c>
       <c r="D87" s="8">
         <v>44381</v>
       </c>
       <c r="E87" s="11" t="s">
         <v>28</v>
       </c>
       <c r="F87" s="11" t="s">
         <v>28</v>
       </c>
       <c r="G87" s="10"/>
     </row>
-    <row r="88" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A88" s="5">
         <f t="shared" si="1"/>
         <v>85</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C88" s="7">
         <v>40101004275</v>
       </c>
       <c r="D88" s="8">
         <v>44381</v>
       </c>
       <c r="E88" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F88" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G88" s="10"/>
     </row>
-    <row r="89" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A89" s="5">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C89" s="7">
         <v>43603079521</v>
       </c>
       <c r="D89" s="8">
         <v>44390</v>
       </c>
       <c r="E89" s="11">
         <v>1052</v>
       </c>
       <c r="F89" s="11" t="s">
         <v>63</v>
       </c>
       <c r="G89" s="10"/>
     </row>
-    <row r="90" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A90" s="5">
         <f t="shared" si="1"/>
         <v>87</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C90" s="7">
         <v>58503007191</v>
       </c>
       <c r="D90" s="8">
         <v>44390</v>
       </c>
       <c r="E90" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F90" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G90" s="10"/>
     </row>
-    <row r="91" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A91" s="5">
         <f t="shared" si="1"/>
         <v>88</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C91" s="7" t="s">
         <v>134</v>
       </c>
       <c r="D91" s="8">
         <v>44386</v>
       </c>
       <c r="E91" s="11" t="s">
         <v>135</v>
       </c>
       <c r="F91" s="11" t="s">
         <v>135</v>
       </c>
       <c r="G91" s="10"/>
     </row>
-    <row r="92" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A92" s="5">
         <f t="shared" si="1"/>
         <v>89</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>159</v>
       </c>
       <c r="C92" s="7">
         <v>40003113629</v>
       </c>
       <c r="D92" s="8">
         <v>44386</v>
       </c>
       <c r="E92" s="11" t="s">
         <v>135</v>
       </c>
       <c r="F92" s="11" t="s">
         <v>135</v>
       </c>
       <c r="G92" s="10"/>
     </row>
-    <row r="93" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A93" s="5">
         <f t="shared" si="1"/>
         <v>90</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C93" s="7">
         <v>40003176944</v>
       </c>
       <c r="D93" s="8">
         <v>44386</v>
       </c>
       <c r="E93" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F93" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G93" s="10"/>
     </row>
-    <row r="94" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A94" s="5">
         <f t="shared" si="1"/>
         <v>91</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>137</v>
       </c>
       <c r="C94" s="7">
         <v>40003307535</v>
       </c>
       <c r="D94" s="8">
         <v>44386</v>
       </c>
       <c r="E94" s="11" t="s">
         <v>94</v>
       </c>
       <c r="F94" s="11" t="s">
         <v>94</v>
       </c>
       <c r="G94" s="10"/>
     </row>
-    <row r="95" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A95" s="5">
         <f t="shared" si="1"/>
         <v>92</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>138</v>
       </c>
       <c r="C95" s="7">
         <v>40003629732</v>
       </c>
       <c r="D95" s="8">
         <v>44390</v>
       </c>
       <c r="E95" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F95" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G95" s="10"/>
     </row>
-    <row r="96" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A96" s="5">
         <f t="shared" si="1"/>
         <v>93</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>139</v>
       </c>
       <c r="C96" s="7">
         <v>43603013110</v>
       </c>
       <c r="D96" s="8">
         <v>44386</v>
       </c>
       <c r="E96" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F96" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G96" s="10"/>
     </row>
-    <row r="97" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A97" s="5">
         <f t="shared" si="1"/>
         <v>94</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>140</v>
       </c>
       <c r="C97" s="7">
         <v>40003632874</v>
       </c>
       <c r="D97" s="8">
         <v>44390</v>
       </c>
       <c r="E97" s="11" t="s">
         <v>19</v>
       </c>
       <c r="F97" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G97" s="10"/>
     </row>
-    <row r="98" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A98" s="5">
         <f t="shared" si="1"/>
         <v>95</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>141</v>
       </c>
       <c r="C98" s="7">
         <v>45403042990</v>
       </c>
       <c r="D98" s="8">
         <v>44390</v>
       </c>
       <c r="E98" s="11" t="s">
         <v>142</v>
       </c>
       <c r="F98" s="11" t="s">
         <v>142</v>
       </c>
       <c r="G98" s="10"/>
     </row>
-    <row r="99" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A99" s="5">
         <f t="shared" si="1"/>
         <v>96</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C99" s="7">
         <v>40003017085</v>
       </c>
       <c r="D99" s="8">
         <v>44386</v>
       </c>
       <c r="E99" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F99" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G99" s="10"/>
     </row>
-    <row r="100" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A100" s="5">
         <f t="shared" si="1"/>
         <v>97</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C100" s="7">
         <v>50003428811</v>
       </c>
       <c r="D100" s="8">
         <v>44386</v>
       </c>
       <c r="E100" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G100" s="10"/>
     </row>
-    <row r="101" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A101" s="5">
         <f t="shared" si="1"/>
         <v>98</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>145</v>
       </c>
       <c r="C101" s="7">
         <v>40003376664</v>
       </c>
       <c r="D101" s="8">
         <v>44390</v>
       </c>
       <c r="E101" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G101" s="10"/>
     </row>
-    <row r="102" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A102" s="5">
         <f t="shared" si="1"/>
         <v>99</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C102" s="7" t="s">
         <v>147</v>
       </c>
       <c r="D102" s="8">
         <v>44390</v>
       </c>
       <c r="E102" s="11" t="s">
         <v>148</v>
       </c>
       <c r="F102" s="11" t="s">
         <v>307</v>
       </c>
       <c r="G102" s="10"/>
     </row>
-    <row r="103" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A103" s="5">
         <f t="shared" si="1"/>
         <v>100</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>149</v>
       </c>
       <c r="C103" s="7">
         <v>40003007246</v>
       </c>
       <c r="D103" s="8">
         <v>44396</v>
       </c>
       <c r="E103" s="11" t="s">
         <v>60</v>
       </c>
       <c r="F103" s="11" t="s">
         <v>60</v>
       </c>
       <c r="G103" s="10"/>
     </row>
-    <row r="104" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A104" s="5">
         <f t="shared" si="1"/>
         <v>101</v>
       </c>
       <c r="B104" s="13" t="s">
         <v>150</v>
       </c>
       <c r="C104" s="7">
         <v>40003017719</v>
       </c>
       <c r="D104" s="8">
         <v>44396</v>
       </c>
       <c r="E104" s="11" t="s">
         <v>127</v>
       </c>
       <c r="F104" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G104" s="10"/>
     </row>
-    <row r="105" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A105" s="5">
         <f t="shared" si="1"/>
         <v>102</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>151</v>
       </c>
       <c r="C105" s="7">
         <v>40103290254</v>
       </c>
       <c r="D105" s="8">
         <v>44396</v>
       </c>
       <c r="E105" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F105" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="10"/>
     </row>
-    <row r="106" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A106" s="5">
         <f t="shared" si="1"/>
         <v>103</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>152</v>
       </c>
       <c r="C106" s="7">
         <v>40103201311</v>
       </c>
       <c r="D106" s="8">
         <v>44396</v>
       </c>
       <c r="E106" s="11" t="s">
         <v>19</v>
       </c>
       <c r="F106" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G106" s="10"/>
     </row>
-    <row r="107" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A107" s="5">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C107" s="7">
         <v>40103045371</v>
       </c>
       <c r="D107" s="8">
         <v>44396</v>
       </c>
       <c r="E107" s="11" t="s">
         <v>19</v>
       </c>
       <c r="F107" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G107" s="10"/>
     </row>
-    <row r="108" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A108" s="5">
         <f t="shared" si="1"/>
         <v>105</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C108" s="7">
         <v>40003325121</v>
       </c>
       <c r="D108" s="8">
         <v>44396</v>
       </c>
       <c r="E108" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F108" s="11" t="s">
         <v>48</v>
       </c>
       <c r="G108" s="10"/>
     </row>
-    <row r="109" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A109" s="5">
         <f t="shared" si="1"/>
         <v>106</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>155</v>
       </c>
       <c r="C109" s="7">
         <v>40003774690</v>
       </c>
       <c r="D109" s="8">
         <v>44396</v>
       </c>
       <c r="E109" s="11" t="s">
         <v>46</v>
       </c>
       <c r="F109" s="11" t="s">
         <v>46</v>
       </c>
       <c r="G109" s="10"/>
     </row>
-    <row r="110" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A110" s="5">
         <f t="shared" si="1"/>
         <v>107</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>156</v>
       </c>
       <c r="C110" s="7">
         <v>40003830061</v>
       </c>
       <c r="D110" s="8">
         <v>44396</v>
       </c>
       <c r="E110" s="11" t="s">
         <v>157</v>
       </c>
       <c r="F110" s="11" t="s">
         <v>157</v>
       </c>
       <c r="G110" s="10"/>
     </row>
-    <row r="111" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A111" s="5">
         <f t="shared" si="1"/>
         <v>108</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C111" s="7">
         <v>40103318662</v>
       </c>
       <c r="D111" s="8">
         <v>44400</v>
       </c>
       <c r="E111" s="11" t="s">
         <v>161</v>
       </c>
       <c r="F111" s="11" t="s">
         <v>161</v>
       </c>
       <c r="G111" s="10"/>
     </row>
-    <row r="112" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A112" s="5">
         <f t="shared" si="1"/>
         <v>109</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>162</v>
       </c>
       <c r="C112" s="7">
         <v>43603000544</v>
       </c>
       <c r="D112" s="8">
         <v>44400</v>
       </c>
       <c r="E112" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F112" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G112" s="10"/>
     </row>
-    <row r="113" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A113" s="5">
         <f t="shared" si="1"/>
         <v>110</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C113" s="7">
         <v>48503000558</v>
       </c>
       <c r="D113" s="8">
         <v>44400</v>
       </c>
       <c r="E113" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F113" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G113" s="10"/>
     </row>
-    <row r="114" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A114" s="5">
         <f t="shared" si="1"/>
         <v>111</v>
       </c>
       <c r="B114" s="13" t="s">
         <v>164</v>
       </c>
       <c r="C114" s="7">
         <v>40003204932</v>
       </c>
       <c r="D114" s="8">
         <v>44414</v>
       </c>
       <c r="E114" s="11">
         <v>1039</v>
       </c>
       <c r="F114" s="11" t="s">
         <v>17</v>
       </c>
       <c r="G114" s="10"/>
     </row>
-    <row r="115" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:7" ht="31.2" x14ac:dyDescent="0.3">
       <c r="A115" s="5">
         <f t="shared" si="1"/>
         <v>112</v>
       </c>
       <c r="B115" s="13" t="s">
         <v>165</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>166</v>
       </c>
       <c r="D115" s="8">
         <v>44414</v>
       </c>
       <c r="E115" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F115" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G115" s="10"/>
     </row>
-    <row r="116" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A116" s="5">
         <f t="shared" si="1"/>
         <v>113</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>167</v>
       </c>
       <c r="C116" s="7" t="s">
         <v>168</v>
       </c>
       <c r="D116" s="8">
         <v>44414</v>
       </c>
       <c r="E116" s="11">
         <v>1013</v>
       </c>
       <c r="F116" s="11" t="s">
         <v>94</v>
       </c>
       <c r="G116" s="10"/>
     </row>
-    <row r="117" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A117" s="5">
         <f t="shared" si="1"/>
         <v>114</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>169</v>
       </c>
       <c r="C117" s="7">
         <v>40003294211</v>
       </c>
       <c r="D117" s="8">
         <v>44414</v>
       </c>
       <c r="E117" s="11">
         <v>1051</v>
       </c>
       <c r="F117" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G117" s="10"/>
     </row>
-    <row r="118" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A118" s="5">
         <f t="shared" si="1"/>
         <v>115</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C118" s="7" t="s">
         <v>171</v>
       </c>
       <c r="D118" s="8">
         <v>44414</v>
       </c>
       <c r="E118" s="11">
         <v>1020</v>
       </c>
       <c r="F118" s="11" t="s">
         <v>31</v>
       </c>
       <c r="G118" s="10"/>
     </row>
-    <row r="119" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A119" s="5">
         <f t="shared" si="1"/>
         <v>116</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C119" s="7" t="s">
         <v>173</v>
       </c>
       <c r="D119" s="8">
         <v>44414</v>
       </c>
       <c r="E119" s="11">
         <v>2711</v>
       </c>
       <c r="F119" s="11" t="s">
         <v>283</v>
       </c>
       <c r="G119" s="10"/>
     </row>
-    <row r="120" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A120" s="5">
         <f t="shared" si="1"/>
         <v>117</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>174</v>
       </c>
       <c r="C120" s="7">
         <v>40003513590</v>
       </c>
       <c r="D120" s="8">
         <v>44414</v>
       </c>
       <c r="E120" s="11" t="s">
         <v>289</v>
       </c>
       <c r="F120" s="11" t="s">
         <v>281</v>
       </c>
       <c r="G120" s="10"/>
     </row>
-    <row r="121" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A121" s="5">
         <f t="shared" si="1"/>
         <v>118</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>175</v>
       </c>
       <c r="C121" s="7">
         <v>40003369111</v>
       </c>
       <c r="D121" s="8">
         <v>44414</v>
       </c>
       <c r="E121" s="11">
         <v>2830</v>
       </c>
       <c r="F121" s="11" t="s">
         <v>284</v>
       </c>
       <c r="G121" s="10"/>
     </row>
-    <row r="122" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A122" s="5">
         <f t="shared" si="1"/>
         <v>119</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>176</v>
       </c>
       <c r="C122" s="7">
         <v>40103692371</v>
       </c>
       <c r="D122" s="8">
         <v>44414</v>
       </c>
       <c r="E122" s="11">
         <v>3020</v>
       </c>
       <c r="F122" s="11" t="s">
         <v>285</v>
       </c>
       <c r="G122" s="10"/>
     </row>
-    <row r="123" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A123" s="5">
         <f t="shared" si="1"/>
         <v>120</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>177</v>
       </c>
       <c r="C123" s="7">
         <v>40003160657</v>
       </c>
       <c r="D123" s="8">
         <v>44414</v>
       </c>
       <c r="E123" s="11">
         <v>2920</v>
       </c>
       <c r="F123" s="11" t="s">
         <v>286</v>
       </c>
       <c r="G123" s="10"/>
     </row>
-    <row r="124" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A124" s="5">
         <f t="shared" si="1"/>
         <v>121</v>
       </c>
       <c r="B124" s="14" t="s">
         <v>178</v>
       </c>
       <c r="C124" s="2">
         <v>48501009355</v>
       </c>
       <c r="D124" s="3">
         <v>44439</v>
       </c>
       <c r="E124" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F124" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G124" s="10"/>
     </row>
-    <row r="125" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A125" s="5">
         <f t="shared" si="1"/>
         <v>122</v>
       </c>
       <c r="B125" s="14" t="s">
         <v>179</v>
       </c>
       <c r="C125" s="2">
         <v>42103039994</v>
       </c>
       <c r="D125" s="3">
         <v>44439</v>
       </c>
       <c r="E125" s="11" t="s">
         <v>97</v>
       </c>
       <c r="F125" s="11" t="s">
         <v>287</v>
       </c>
       <c r="G125" s="10"/>
     </row>
-    <row r="126" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A126" s="5">
         <f t="shared" si="1"/>
         <v>123</v>
       </c>
       <c r="B126" s="14" t="s">
         <v>180</v>
       </c>
       <c r="C126" s="2">
         <v>43603005170</v>
       </c>
       <c r="D126" s="3">
         <v>44439</v>
       </c>
       <c r="E126" s="11" t="s">
         <v>28</v>
       </c>
       <c r="F126" s="11" t="s">
         <v>28</v>
       </c>
       <c r="G126" s="10"/>
     </row>
-    <row r="127" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A127" s="5">
         <f t="shared" si="1"/>
         <v>124</v>
       </c>
       <c r="B127" s="14" t="s">
         <v>181</v>
       </c>
       <c r="C127" s="2">
         <v>40203073916</v>
       </c>
       <c r="D127" s="3">
         <v>44439</v>
       </c>
       <c r="E127" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F127" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G127" s="10"/>
     </row>
-    <row r="128" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A128" s="5">
         <f t="shared" si="1"/>
         <v>125</v>
       </c>
       <c r="B128" s="14" t="s">
         <v>182</v>
       </c>
       <c r="C128" s="2">
         <v>43603008016</v>
       </c>
       <c r="D128" s="3">
         <v>44439</v>
       </c>
       <c r="E128" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F128" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G128" s="10"/>
     </row>
-    <row r="129" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A129" s="5">
         <f t="shared" si="1"/>
         <v>126</v>
       </c>
       <c r="B129" s="14" t="s">
         <v>183</v>
       </c>
       <c r="C129" s="2">
         <v>40003698096</v>
       </c>
       <c r="D129" s="3">
         <v>44439</v>
       </c>
       <c r="E129" s="11" t="s">
         <v>67</v>
       </c>
       <c r="F129" s="11" t="s">
         <v>67</v>
       </c>
       <c r="G129" s="10"/>
     </row>
-    <row r="130" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A130" s="5">
         <f t="shared" si="1"/>
         <v>127</v>
       </c>
       <c r="B130" s="14" t="s">
         <v>184</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D130" s="3">
         <v>44439</v>
       </c>
       <c r="E130" s="11" t="s">
         <v>85</v>
       </c>
       <c r="F130" s="11" t="s">
         <v>85</v>
       </c>
       <c r="G130" s="10"/>
     </row>
-    <row r="131" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A131" s="5">
         <f t="shared" si="1"/>
         <v>128</v>
       </c>
       <c r="B131" s="14" t="s">
         <v>186</v>
       </c>
       <c r="C131" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D131" s="3">
         <v>44439</v>
       </c>
       <c r="E131" s="11" t="s">
         <v>188</v>
       </c>
       <c r="F131" s="11" t="s">
         <v>188</v>
       </c>
       <c r="G131" s="10"/>
     </row>
-    <row r="132" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A132" s="5">
         <f t="shared" si="1"/>
         <v>129</v>
       </c>
       <c r="B132" s="14" t="s">
         <v>189</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D132" s="3">
         <v>44438</v>
       </c>
       <c r="E132" s="11" t="s">
         <v>38</v>
       </c>
       <c r="F132" s="11" t="s">
         <v>38</v>
       </c>
       <c r="G132" s="27" t="s">
         <v>262</v>
       </c>
     </row>
-    <row r="133" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A133" s="5">
         <f t="shared" ref="A133:A196" si="2">ROW(A130)</f>
         <v>130</v>
       </c>
       <c r="B133" s="14" t="s">
         <v>191</v>
       </c>
       <c r="C133" s="2">
         <v>53603004641</v>
       </c>
       <c r="D133" s="3">
         <v>44439</v>
       </c>
       <c r="E133" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F133" s="11" t="s">
         <v>4</v>
       </c>
       <c r="G133" s="10"/>
     </row>
-    <row r="134" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A134" s="5">
         <f t="shared" si="2"/>
         <v>131</v>
       </c>
       <c r="B134" s="14" t="s">
         <v>192</v>
       </c>
       <c r="C134" s="2">
         <v>40103873052</v>
       </c>
       <c r="D134" s="3">
         <v>44439</v>
       </c>
       <c r="E134" s="11" t="s">
         <v>97</v>
       </c>
       <c r="F134" s="11" t="s">
         <v>287</v>
       </c>
       <c r="G134" s="10"/>
     </row>
-    <row r="135" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A135" s="5">
         <f t="shared" si="2"/>
         <v>132</v>
       </c>
       <c r="B135" s="14" t="s">
         <v>193</v>
       </c>
       <c r="C135" s="2">
         <v>41203051458</v>
       </c>
       <c r="D135" s="3">
         <v>44459</v>
       </c>
       <c r="E135" s="11" t="s">
         <v>194</v>
       </c>
       <c r="F135" s="11" t="s">
         <v>300</v>
       </c>
       <c r="G135" s="10"/>
     </row>
-    <row r="136" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A136" s="5">
         <f t="shared" si="2"/>
         <v>133</v>
       </c>
       <c r="B136" s="14" t="s">
         <v>195</v>
       </c>
       <c r="C136" s="2">
         <v>40003030219</v>
       </c>
       <c r="D136" s="3">
         <v>44459</v>
       </c>
       <c r="E136" s="11">
         <v>3020</v>
       </c>
       <c r="F136" s="11" t="s">
         <v>285</v>
       </c>
       <c r="G136" s="10"/>
     </row>
-    <row r="137" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A137" s="5">
         <f t="shared" si="2"/>
         <v>134</v>
       </c>
       <c r="B137" s="14" t="s">
         <v>196</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D137" s="3">
         <v>44459</v>
       </c>
       <c r="E137" s="11">
         <v>2454</v>
       </c>
       <c r="F137" s="11" t="s">
         <v>296</v>
       </c>
       <c r="G137" s="10"/>
     </row>
-    <row r="138" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A138" s="5">
         <f t="shared" si="2"/>
         <v>135</v>
       </c>
       <c r="B138" s="14" t="s">
         <v>198</v>
       </c>
       <c r="C138" s="2">
         <v>40003048757</v>
       </c>
       <c r="D138" s="3">
         <v>44459</v>
       </c>
       <c r="E138" s="11">
         <v>1729</v>
       </c>
       <c r="F138" s="11" t="s">
         <v>301</v>
       </c>
       <c r="G138" s="10"/>
     </row>
-    <row r="139" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A139" s="5">
         <f t="shared" si="2"/>
         <v>136</v>
       </c>
       <c r="B139" s="14" t="s">
         <v>199</v>
       </c>
       <c r="C139" s="2">
         <v>42103057947</v>
       </c>
       <c r="D139" s="3">
         <v>44459</v>
       </c>
       <c r="E139" s="11">
         <v>1399</v>
       </c>
       <c r="F139" s="11" t="s">
         <v>297</v>
       </c>
       <c r="G139" s="10"/>
     </row>
-    <row r="140" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A140" s="5">
         <f t="shared" si="2"/>
         <v>137</v>
       </c>
       <c r="B140" s="14" t="s">
         <v>200</v>
       </c>
       <c r="C140" s="2">
         <v>40003368506</v>
       </c>
       <c r="D140" s="3">
         <v>44459</v>
       </c>
       <c r="E140" s="11">
         <v>2511</v>
       </c>
       <c r="F140" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G140" s="10"/>
     </row>
-    <row r="141" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A141" s="5">
         <f t="shared" si="2"/>
         <v>138</v>
       </c>
       <c r="B141" s="14" t="s">
         <v>201</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D141" s="3">
         <v>44460</v>
       </c>
       <c r="E141" s="11">
         <v>2511</v>
       </c>
       <c r="F141" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G141" s="10"/>
     </row>
-    <row r="142" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A142" s="5">
         <f t="shared" si="2"/>
         <v>139</v>
       </c>
       <c r="B142" s="14" t="s">
         <v>203</v>
       </c>
       <c r="C142" s="2">
         <v>40003034935</v>
       </c>
       <c r="D142" s="3">
         <v>44460</v>
       </c>
       <c r="E142" s="11">
         <v>2110</v>
       </c>
       <c r="F142" s="11" t="s">
         <v>60</v>
       </c>
       <c r="G142" s="10"/>
     </row>
-    <row r="143" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A143" s="5">
         <f t="shared" si="2"/>
         <v>140</v>
       </c>
       <c r="B143" s="14" t="s">
         <v>204</v>
       </c>
       <c r="C143" s="2">
         <v>40103093437</v>
       </c>
       <c r="D143" s="3">
         <v>44460</v>
       </c>
       <c r="E143" s="11">
         <v>1330</v>
       </c>
       <c r="F143" s="11" t="s">
         <v>118</v>
       </c>
       <c r="G143" s="10"/>
     </row>
-    <row r="144" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A144" s="5">
         <f t="shared" si="2"/>
         <v>141</v>
       </c>
       <c r="B144" s="14" t="s">
         <v>205</v>
       </c>
       <c r="C144" s="2">
         <v>40003822806</v>
       </c>
       <c r="D144" s="3">
         <v>44460</v>
       </c>
       <c r="E144" s="11">
         <v>2521</v>
       </c>
       <c r="F144" s="11" t="s">
         <v>298</v>
       </c>
       <c r="G144" s="10"/>
     </row>
-    <row r="145" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A145" s="5">
         <f t="shared" si="2"/>
         <v>142</v>
       </c>
       <c r="B145" s="14" t="s">
         <v>206</v>
       </c>
       <c r="C145" s="2">
         <v>40003263669</v>
       </c>
       <c r="D145" s="3">
         <v>44460</v>
       </c>
       <c r="E145" s="11">
         <v>2041</v>
       </c>
       <c r="F145" s="11" t="s">
         <v>299</v>
       </c>
       <c r="G145" s="10"/>
     </row>
-    <row r="146" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A146" s="5">
         <f t="shared" si="2"/>
         <v>143</v>
       </c>
       <c r="B146" s="14" t="s">
         <v>207</v>
       </c>
       <c r="C146" s="2">
         <v>40003663268</v>
       </c>
       <c r="D146" s="3">
         <v>44460</v>
       </c>
       <c r="E146" s="11">
         <v>2561</v>
       </c>
       <c r="F146" s="11" t="s">
         <v>67</v>
       </c>
       <c r="G146" s="10"/>
     </row>
-    <row r="147" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A147" s="5">
         <f t="shared" si="2"/>
         <v>144</v>
       </c>
       <c r="B147" s="14" t="s">
         <v>208</v>
       </c>
       <c r="C147" s="2">
         <v>40003075327</v>
       </c>
       <c r="D147" s="3">
         <v>44460</v>
       </c>
       <c r="E147" s="11" t="s">
         <v>6</v>
       </c>
       <c r="F147" s="11" t="s">
         <v>6</v>
       </c>
       <c r="G147" s="10"/>
     </row>
-    <row r="148" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A148" s="5">
         <f t="shared" si="2"/>
         <v>145</v>
       </c>
       <c r="B148" s="14" t="s">
         <v>209</v>
       </c>
       <c r="C148" s="2">
         <v>40003448498</v>
       </c>
       <c r="D148" s="3">
         <v>44459</v>
       </c>
       <c r="E148" s="11" t="s">
         <v>21</v>
       </c>
       <c r="F148" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G148" s="10"/>
     </row>
-    <row r="149" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A149" s="5">
         <f t="shared" si="2"/>
         <v>146</v>
       </c>
       <c r="B149" s="14" t="s">
         <v>210</v>
       </c>
       <c r="C149" s="2">
         <v>40003759259</v>
       </c>
       <c r="D149" s="3">
         <v>44459</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F149" s="15" t="s">
         <v>4</v>
       </c>
       <c r="G149" s="10"/>
     </row>
-    <row r="150" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:7" ht="62.4" x14ac:dyDescent="0.3">
       <c r="A150" s="5">
         <f t="shared" si="2"/>
         <v>147</v>
       </c>
       <c r="B150" s="14" t="s">
         <v>240</v>
       </c>
       <c r="C150" s="2">
         <v>42103021136</v>
       </c>
       <c r="D150" s="3">
         <v>44474</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F150" s="15" t="s">
         <v>302</v>
       </c>
       <c r="G150" s="10"/>
     </row>
-    <row r="151" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A151" s="5">
         <f t="shared" si="2"/>
         <v>148</v>
       </c>
       <c r="B151" s="14" t="s">
         <v>211</v>
       </c>
       <c r="C151" s="2">
         <v>50003069801</v>
       </c>
       <c r="D151" s="3">
         <v>44477</v>
       </c>
       <c r="E151" s="11" t="s">
         <v>231</v>
       </c>
       <c r="F151" s="11" t="s">
         <v>301</v>
       </c>
       <c r="G151" s="10"/>
     </row>
-    <row r="152" spans="1:7" ht="110.25" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:7" ht="109.2" x14ac:dyDescent="0.3">
       <c r="A152" s="5">
         <f t="shared" si="2"/>
         <v>149</v>
       </c>
       <c r="B152" s="14" t="s">
         <v>212</v>
       </c>
       <c r="C152" s="2">
         <v>40103213607</v>
       </c>
       <c r="D152" s="3">
         <v>44477</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>290</v>
       </c>
       <c r="F152" s="15" t="s">
         <v>291</v>
       </c>
       <c r="G152" s="10"/>
     </row>
-    <row r="153" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A153" s="5">
         <f t="shared" si="2"/>
         <v>150</v>
       </c>
       <c r="B153" s="14" t="s">
         <v>213</v>
       </c>
       <c r="C153" s="2">
         <v>40003017691</v>
       </c>
       <c r="D153" s="3">
         <v>44477</v>
       </c>
       <c r="E153" s="11" t="s">
         <v>24</v>
       </c>
       <c r="F153" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G153" s="10"/>
     </row>
-    <row r="154" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A154" s="5">
         <f t="shared" si="2"/>
         <v>151</v>
       </c>
       <c r="B154" s="14" t="s">
         <v>234</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D154" s="3">
         <v>44488</v>
       </c>
       <c r="E154" s="11" t="s">
         <v>236</v>
       </c>
       <c r="F154" s="11" t="s">
         <v>236</v>
       </c>
       <c r="G154" s="10"/>
     </row>
-    <row r="155" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A155" s="5">
         <f t="shared" si="2"/>
         <v>152</v>
       </c>
       <c r="B155" s="14" t="s">
         <v>214</v>
       </c>
       <c r="C155" s="2">
         <v>41503069355</v>
       </c>
       <c r="D155" s="3">
         <v>44498</v>
       </c>
       <c r="E155" s="11">
         <v>1072</v>
       </c>
       <c r="F155" s="11" t="s">
         <v>10</v>
       </c>
       <c r="G155" s="10"/>
     </row>
-    <row r="156" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A156" s="5">
         <f t="shared" si="2"/>
         <v>153</v>
       </c>
       <c r="B156" s="14" t="s">
         <v>215</v>
       </c>
       <c r="C156" s="2">
         <v>41503080653</v>
       </c>
       <c r="D156" s="3">
         <v>44498</v>
       </c>
       <c r="E156" s="11">
         <v>1071</v>
       </c>
       <c r="F156" s="11" t="s">
         <v>24</v>
       </c>
       <c r="G156" s="10"/>
     </row>
-    <row r="157" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A157" s="5">
         <f t="shared" si="2"/>
         <v>154</v>
       </c>
       <c r="B157" s="14" t="s">
         <v>216</v>
       </c>
       <c r="C157" s="2">
         <v>40003400519</v>
       </c>
       <c r="D157" s="3">
         <v>44498</v>
       </c>
       <c r="E157" s="11">
         <v>1105</v>
       </c>
       <c r="F157" s="11" t="s">
         <v>21</v>
       </c>
       <c r="G157" s="10"/>
     </row>
-    <row r="158" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A158" s="5">
         <f t="shared" si="2"/>
         <v>155</v>
       </c>
       <c r="B158" s="14" t="s">
         <v>217</v>
       </c>
       <c r="C158" s="2">
         <v>41503050589</v>
       </c>
       <c r="D158" s="3">
         <v>44498</v>
       </c>
       <c r="E158" s="11" t="s">
         <v>142</v>
       </c>
       <c r="F158" s="11" t="s">
         <v>142</v>
       </c>
       <c r="G158" s="10"/>
     </row>
-    <row r="159" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A159" s="5">
         <f t="shared" si="2"/>
         <v>156</v>
       </c>
       <c r="B159" s="14" t="s">
         <v>218</v>
       </c>
       <c r="C159" s="2">
         <v>40103217882</v>
       </c>
       <c r="D159" s="3">
         <v>44498</v>
       </c>
       <c r="E159" s="11">
         <v>1082</v>
       </c>
       <c r="F159" s="11" t="s">
         <v>142</v>
       </c>
       <c r="G159" s="10"/>
     </row>
-    <row r="160" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A160" s="5">
         <f t="shared" si="2"/>
         <v>157</v>
       </c>
       <c r="B160" s="14" t="s">
         <v>221</v>
       </c>
       <c r="C160" s="2">
         <v>40003058863</v>
       </c>
       <c r="D160" s="3">
         <v>44501</v>
       </c>
       <c r="E160" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F160" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G160" s="10"/>
     </row>
-    <row r="161" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A161" s="5">
         <f t="shared" si="2"/>
         <v>158</v>
       </c>
       <c r="B161" s="14" t="s">
         <v>219</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D161" s="3">
         <v>44502</v>
       </c>
       <c r="E161" s="11" t="s">
         <v>233</v>
       </c>
       <c r="F161" s="11" t="s">
         <v>233</v>
       </c>
       <c r="G161" s="10"/>
     </row>
-    <row r="162" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A162" s="5">
         <f t="shared" si="2"/>
         <v>159</v>
       </c>
       <c r="B162" s="14" t="s">
         <v>220</v>
       </c>
       <c r="C162" s="2">
         <v>40003012798</v>
       </c>
       <c r="D162" s="3">
         <v>44502</v>
       </c>
       <c r="E162" s="11">
         <v>2712</v>
       </c>
       <c r="F162" s="11" t="s">
         <v>292</v>
       </c>
       <c r="G162" s="10"/>
     </row>
-    <row r="163" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A163" s="5">
         <f t="shared" si="2"/>
         <v>160</v>
       </c>
       <c r="B163" s="14" t="s">
         <v>222</v>
       </c>
       <c r="C163" s="2">
         <v>41503040523</v>
       </c>
       <c r="D163" s="3">
         <v>44502</v>
       </c>
       <c r="E163" s="11">
         <v>2060</v>
       </c>
       <c r="F163" s="11" t="s">
         <v>293</v>
       </c>
       <c r="G163" s="10"/>
     </row>
-    <row r="164" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A164" s="5">
         <f t="shared" si="2"/>
         <v>161</v>
       </c>
       <c r="B164" s="16" t="s">
         <v>223</v>
       </c>
       <c r="C164" s="7">
         <v>48503013798</v>
       </c>
       <c r="D164" s="8" t="s">
         <v>224</v>
       </c>
       <c r="E164" s="11">
         <v>2221</v>
       </c>
       <c r="F164" s="11" t="s">
         <v>294</v>
       </c>
       <c r="G164" s="10"/>
     </row>
-    <row r="165" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A165" s="5">
         <f t="shared" si="2"/>
         <v>162</v>
       </c>
       <c r="B165" s="16" t="s">
         <v>225</v>
       </c>
       <c r="C165" s="7" t="s">
         <v>226</v>
       </c>
       <c r="D165" s="8">
         <v>44511</v>
       </c>
       <c r="E165" s="11" t="s">
         <v>28</v>
       </c>
       <c r="F165" s="11" t="s">
         <v>28</v>
       </c>
       <c r="G165" s="10"/>
     </row>
-    <row r="166" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A166" s="5">
         <f t="shared" si="2"/>
         <v>163</v>
       </c>
       <c r="B166" s="16" t="s">
         <v>227</v>
       </c>
       <c r="C166" s="7" t="s">
         <v>228</v>
       </c>
       <c r="D166" s="8">
         <v>44529</v>
       </c>
       <c r="E166" s="11">
         <v>2611</v>
       </c>
       <c r="F166" s="11" t="s">
         <v>295</v>
       </c>
       <c r="G166" s="10"/>
     </row>
-    <row r="167" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A167" s="5">
         <f t="shared" si="2"/>
         <v>164</v>
       </c>
       <c r="B167" s="16" t="s">
         <v>229</v>
       </c>
       <c r="C167" s="7" t="s">
         <v>230</v>
       </c>
       <c r="D167" s="8">
         <v>44529</v>
       </c>
       <c r="E167" s="11">
         <v>1020</v>
       </c>
       <c r="F167" s="11" t="s">
         <v>31</v>
       </c>
       <c r="G167" s="10"/>
     </row>
-    <row r="168" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A168" s="5">
         <f t="shared" si="2"/>
         <v>165</v>
       </c>
       <c r="B168" s="16" t="s">
         <v>238</v>
       </c>
       <c r="C168" s="7" t="s">
         <v>239</v>
       </c>
       <c r="D168" s="8">
         <v>44557</v>
       </c>
       <c r="E168" s="11">
         <v>1051</v>
       </c>
       <c r="F168" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G168" s="10"/>
     </row>
-    <row r="169" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A169" s="5">
         <f t="shared" si="2"/>
         <v>166</v>
       </c>
       <c r="B169" s="16" t="s">
         <v>242</v>
       </c>
       <c r="C169" s="7">
         <v>42403012397</v>
       </c>
       <c r="D169" s="8">
         <v>44567</v>
       </c>
       <c r="E169" s="11">
         <v>1011</v>
       </c>
       <c r="F169" s="11" t="s">
         <v>135</v>
       </c>
       <c r="G169" s="10"/>
     </row>
-    <row r="170" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A170" s="5">
         <f t="shared" si="2"/>
         <v>167</v>
       </c>
       <c r="B170" s="16" t="s">
         <v>243</v>
       </c>
       <c r="C170" s="7" t="s">
         <v>244</v>
       </c>
       <c r="D170" s="8">
         <v>44593</v>
       </c>
       <c r="E170" s="11">
         <v>1621</v>
       </c>
       <c r="F170" s="11" t="s">
         <v>46</v>
       </c>
       <c r="G170" s="10"/>
     </row>
-    <row r="171" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A171" s="5">
         <f t="shared" si="2"/>
         <v>168</v>
       </c>
       <c r="B171" s="16" t="s">
         <v>245</v>
       </c>
       <c r="C171" s="7" t="s">
         <v>246</v>
       </c>
       <c r="D171" s="8">
         <v>44593</v>
       </c>
       <c r="E171" s="11">
         <v>2511</v>
       </c>
       <c r="F171" s="11" t="s">
         <v>11</v>
       </c>
       <c r="G171" s="10"/>
     </row>
-    <row r="172" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A172" s="5">
         <f t="shared" si="2"/>
         <v>169</v>
       </c>
       <c r="B172" s="16" t="s">
         <v>247</v>
       </c>
       <c r="C172" s="7" t="s">
         <v>248</v>
       </c>
       <c r="D172" s="8">
         <v>44593</v>
       </c>
       <c r="E172" s="11">
         <v>1051</v>
       </c>
       <c r="F172" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G172" s="10"/>
     </row>
-    <row r="173" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A173" s="5">
         <f t="shared" si="2"/>
         <v>170</v>
       </c>
       <c r="B173" s="16" t="s">
         <v>249</v>
       </c>
       <c r="C173" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D173" s="8">
         <v>44593</v>
       </c>
       <c r="E173" s="11">
         <v>2561</v>
       </c>
       <c r="F173" s="11" t="s">
         <v>67</v>
       </c>
       <c r="G173" s="10"/>
     </row>
-    <row r="174" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A174" s="5">
         <f t="shared" si="2"/>
         <v>171</v>
       </c>
       <c r="B174" s="17" t="s">
         <v>251</v>
       </c>
       <c r="C174" s="24">
         <v>40003519875</v>
       </c>
       <c r="D174" s="18">
         <v>44617</v>
       </c>
       <c r="E174" s="19">
         <v>1071</v>
       </c>
       <c r="F174" s="21" t="s">
         <v>24</v>
       </c>
       <c r="G174" s="10"/>
     </row>
-    <row r="175" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A175" s="5">
         <f t="shared" si="2"/>
         <v>172</v>
       </c>
       <c r="B175" s="20" t="s">
         <v>252</v>
       </c>
       <c r="C175" s="24">
         <v>50003392641</v>
       </c>
       <c r="D175" s="18">
         <v>44617</v>
       </c>
       <c r="E175" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F175" s="21" t="s">
         <v>4</v>
       </c>
       <c r="G175" s="10"/>
     </row>
-    <row r="176" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A176" s="5">
         <f t="shared" si="2"/>
         <v>173</v>
       </c>
       <c r="B176" s="20" t="s">
         <v>253</v>
       </c>
       <c r="C176" s="24">
         <v>40003502366</v>
       </c>
       <c r="D176" s="18">
         <v>44636</v>
       </c>
       <c r="E176" s="19">
         <v>1041</v>
       </c>
       <c r="F176" s="21" t="s">
         <v>303</v>
       </c>
       <c r="G176" s="10"/>
     </row>
-    <row r="177" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A177" s="5">
         <f t="shared" si="2"/>
         <v>174</v>
       </c>
       <c r="B177" s="14" t="s">
         <v>254</v>
       </c>
       <c r="C177" s="25">
         <v>48503016830</v>
       </c>
       <c r="D177" s="3">
         <v>44683</v>
       </c>
       <c r="E177" s="2">
         <v>1051</v>
       </c>
       <c r="F177" s="26" t="s">
         <v>14</v>
       </c>
       <c r="G177" s="2"/>
     </row>
-    <row r="178" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A178" s="5">
         <f t="shared" si="2"/>
         <v>175</v>
       </c>
       <c r="B178" s="14" t="s">
         <v>255</v>
       </c>
       <c r="C178" s="24">
         <v>45101000230</v>
       </c>
       <c r="D178" s="3">
         <v>44683</v>
       </c>
       <c r="E178" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F178" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G178" s="2"/>
     </row>
-    <row r="179" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A179" s="5">
         <f t="shared" si="2"/>
         <v>176</v>
       </c>
       <c r="B179" s="20" t="s">
         <v>258</v>
       </c>
       <c r="C179" s="24">
         <v>48503002351</v>
       </c>
       <c r="D179" s="18">
         <v>44742</v>
       </c>
       <c r="E179" s="22" t="s">
         <v>4</v>
       </c>
       <c r="F179" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G179" s="20"/>
     </row>
-    <row r="180" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A180" s="5">
         <f t="shared" si="2"/>
         <v>177</v>
       </c>
       <c r="B180" s="20" t="s">
         <v>259</v>
       </c>
       <c r="C180" s="24">
         <v>40203106827</v>
       </c>
       <c r="D180" s="18">
         <v>44756</v>
       </c>
       <c r="E180" s="2">
         <v>1020</v>
       </c>
       <c r="F180" s="26" t="s">
         <v>31</v>
       </c>
       <c r="G180" s="20"/>
     </row>
-    <row r="181" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A181" s="5">
         <f t="shared" si="2"/>
         <v>178</v>
       </c>
       <c r="B181" s="20" t="s">
         <v>260</v>
       </c>
       <c r="C181" s="24">
         <v>44103012729</v>
       </c>
       <c r="D181" s="18">
         <v>44781</v>
       </c>
       <c r="E181" s="2">
         <v>1039</v>
       </c>
       <c r="F181" s="26" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="20"/>
     </row>
-    <row r="182" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A182" s="5">
         <f t="shared" si="2"/>
         <v>179</v>
       </c>
       <c r="B182" s="20" t="s">
         <v>261</v>
       </c>
       <c r="C182" s="2">
         <v>40003765664</v>
       </c>
       <c r="D182" s="18">
         <v>44987</v>
       </c>
       <c r="E182" s="26" t="s">
         <v>19</v>
       </c>
       <c r="F182" s="26" t="s">
         <v>19</v>
       </c>
       <c r="G182" s="20"/>
     </row>
-    <row r="183" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A183" s="5">
         <f t="shared" si="2"/>
         <v>180</v>
       </c>
       <c r="B183" s="20" t="s">
         <v>263</v>
       </c>
       <c r="C183" s="2">
         <v>42103048836</v>
       </c>
       <c r="D183" s="18">
         <v>45155</v>
       </c>
       <c r="E183" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F183" s="26" t="s">
         <v>4</v>
       </c>
       <c r="G183" s="20"/>
     </row>
-    <row r="184" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A184" s="5">
         <f t="shared" si="2"/>
         <v>181</v>
       </c>
       <c r="B184" s="20" t="s">
         <v>264</v>
       </c>
       <c r="C184" s="2">
         <v>40103343655</v>
       </c>
       <c r="D184" s="18">
         <v>45204</v>
       </c>
       <c r="E184" s="2">
         <v>1051</v>
       </c>
       <c r="F184" s="26" t="s">
         <v>14</v>
       </c>
       <c r="G184" s="20"/>
     </row>
-    <row r="185" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A185" s="5">
         <f t="shared" si="2"/>
         <v>182</v>
       </c>
       <c r="B185" s="20" t="s">
         <v>265</v>
       </c>
       <c r="C185" s="2">
         <v>40103896623</v>
       </c>
       <c r="D185" s="18">
         <v>45215</v>
       </c>
       <c r="E185" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F185" s="26" t="s">
         <v>4</v>
       </c>
       <c r="G185" s="20"/>
     </row>
-    <row r="186" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A186" s="5">
         <f t="shared" si="2"/>
         <v>183</v>
       </c>
       <c r="B186" s="20" t="s">
         <v>266</v>
       </c>
       <c r="C186" s="2">
         <v>40003101668</v>
       </c>
       <c r="D186" s="18">
         <v>45215</v>
       </c>
       <c r="E186" s="2">
         <v>1071</v>
       </c>
       <c r="F186" s="26" t="s">
         <v>24</v>
       </c>
       <c r="G186" s="20"/>
     </row>
-    <row r="187" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A187" s="5">
         <f t="shared" si="2"/>
         <v>184</v>
       </c>
       <c r="B187" s="20" t="s">
         <v>269</v>
       </c>
       <c r="C187" s="2">
         <v>40003493082</v>
       </c>
       <c r="D187" s="18">
         <v>45334</v>
       </c>
       <c r="E187" s="2">
         <v>1020</v>
       </c>
       <c r="F187" s="26" t="s">
         <v>31</v>
       </c>
       <c r="G187" s="20"/>
     </row>
-    <row r="188" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A188" s="5">
         <f t="shared" si="2"/>
         <v>185</v>
       </c>
       <c r="B188" s="20" t="s">
         <v>270</v>
       </c>
       <c r="C188" s="2">
         <v>40203246591</v>
       </c>
       <c r="D188" s="18">
         <v>45357</v>
       </c>
       <c r="E188" s="2">
         <v>1072</v>
       </c>
       <c r="F188" s="26" t="s">
         <v>10</v>
       </c>
       <c r="G188" s="20"/>
     </row>
-    <row r="189" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A189" s="5">
         <f t="shared" si="2"/>
         <v>186</v>
       </c>
       <c r="B189" s="20" t="s">
         <v>271</v>
       </c>
       <c r="C189" s="2">
         <v>43603036823</v>
       </c>
       <c r="D189" s="18">
         <v>45450</v>
       </c>
       <c r="E189" s="2">
         <v>1051</v>
       </c>
       <c r="F189" s="26" t="s">
         <v>14</v>
       </c>
       <c r="G189" s="10"/>
     </row>
-    <row r="190" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A190" s="5">
         <f t="shared" si="2"/>
         <v>187</v>
       </c>
       <c r="B190" s="20" t="s">
         <v>272</v>
       </c>
       <c r="C190" s="2">
         <v>40003689515</v>
       </c>
       <c r="D190" s="18">
         <v>45484</v>
       </c>
       <c r="E190" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F190" s="26" t="s">
         <v>4</v>
       </c>
       <c r="G190" s="20"/>
     </row>
-    <row r="191" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A191" s="5">
         <f t="shared" si="2"/>
         <v>188</v>
       </c>
       <c r="B191" s="20" t="s">
         <v>273</v>
       </c>
       <c r="C191" s="2">
         <v>40002056297</v>
       </c>
       <c r="D191" s="18">
         <v>45617</v>
       </c>
       <c r="E191" s="2">
         <v>2442</v>
       </c>
       <c r="F191" s="26" t="s">
         <v>6</v>
       </c>
       <c r="G191" s="10"/>
     </row>
-    <row r="192" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A192" s="5">
         <f t="shared" si="2"/>
         <v>189</v>
       </c>
       <c r="B192" s="20" t="s">
         <v>274</v>
       </c>
       <c r="C192" s="2">
         <v>48503003037</v>
       </c>
       <c r="D192" s="18">
         <v>45674</v>
       </c>
       <c r="E192" s="26"/>
       <c r="F192" s="26" t="s">
         <v>281</v>
       </c>
       <c r="G192" s="20"/>
     </row>
-    <row r="193" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A193" s="5">
         <f t="shared" si="2"/>
         <v>190</v>
       </c>
       <c r="B193" s="20" t="s">
         <v>275</v>
       </c>
       <c r="C193" s="31">
         <v>43603092356</v>
       </c>
       <c r="D193" s="18">
         <v>45701</v>
       </c>
       <c r="E193" s="26"/>
       <c r="F193" s="26" t="s">
         <v>282</v>
       </c>
       <c r="G193" s="10"/>
     </row>
-    <row r="194" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A194" s="5">
         <f t="shared" si="2"/>
         <v>191</v>
       </c>
       <c r="B194" s="20" t="s">
         <v>308</v>
       </c>
       <c r="C194" s="2">
         <v>40003020653</v>
       </c>
       <c r="D194" s="18">
         <v>45709</v>
       </c>
       <c r="E194" s="2"/>
       <c r="F194" s="2">
         <v>1061</v>
       </c>
       <c r="G194" s="20"/>
     </row>
-    <row r="195" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A195" s="5">
         <f t="shared" si="2"/>
         <v>192</v>
       </c>
       <c r="B195" s="20" t="s">
         <v>309</v>
       </c>
       <c r="C195" s="2">
         <v>40103541779</v>
       </c>
       <c r="D195" s="18">
         <v>45756</v>
       </c>
       <c r="E195" s="2"/>
       <c r="F195" s="2">
         <v>1061</v>
       </c>
       <c r="G195" s="10"/>
     </row>
-    <row r="196" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A196" s="5">
         <f t="shared" si="2"/>
         <v>193</v>
       </c>
       <c r="B196" s="20" t="s">
         <v>310</v>
       </c>
       <c r="C196" s="2">
         <v>45101001772</v>
       </c>
       <c r="D196" s="18">
         <v>45828</v>
       </c>
       <c r="E196" s="2"/>
       <c r="F196" s="26" t="s">
         <v>4</v>
       </c>
       <c r="G196" s="20"/>
+    </row>
+    <row r="197" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A197" s="2">
+        <v>194</v>
+      </c>
+      <c r="B197" s="20" t="s">
+        <v>311</v>
+      </c>
+      <c r="C197" s="2">
+        <v>40003646836</v>
+      </c>
+      <c r="D197" s="18">
+        <v>45732</v>
+      </c>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2">
+        <v>2932</v>
+      </c>
+      <c r="G197" s="20"/>
+    </row>
+    <row r="198" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B198" s="17"/>
+      <c r="C198" s="34"/>
+      <c r="D198" s="17"/>
+      <c r="E198" s="34"/>
+      <c r="F198" s="34"/>
+      <c r="G198" s="17"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:G3" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="89" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>