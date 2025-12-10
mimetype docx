--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -474,98 +474,98 @@
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2433" w:type="dxa"/>
                 </w:tcPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="-864517328"/>
                     <w:lock w:val="contentLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                     </w:placeholder>
                     <w:group/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
-                    <w:p w14:paraId="7C764D33" w14:textId="687050A9" w:rsidR="00FA144C" w:rsidRPr="003C2DA8" w:rsidRDefault="00C11500" w:rsidP="00457469">
+                    <w:p w14:paraId="7C764D33" w14:textId="687050A9" w:rsidR="00FA144C" w:rsidRPr="003C2DA8" w:rsidRDefault="00AD26B5" w:rsidP="00457469">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="10"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:id w:val="495764665"/>
                           <w:lock w:val="sdtLocked"/>
                           <w14:checkbox>
                             <w14:checked w14:val="1"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
                         <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="003C2DA8">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                             </w:rPr>
                             <w:t>☒</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidR="00FA144C">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="003C2DA8" w:rsidRPr="003C2DA8">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>p</w:t>
                       </w:r>
                       <w:r w:rsidR="00FA144C" w:rsidRPr="003C2DA8">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>iešķirt</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6D4BA479" w14:textId="3E7B651D" w:rsidR="00FA144C" w:rsidRDefault="00C11500" w:rsidP="00457469">
+                    <w:p w14:paraId="6D4BA479" w14:textId="3E7B651D" w:rsidR="00FA144C" w:rsidRDefault="00AD26B5" w:rsidP="00457469">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:spacing w:before="10"/>
                       </w:pPr>
                       <w:sdt>
                         <w:sdtPr>
                           <w:id w:val="741983410"/>
                           <w:lock w:val="sdtLocked"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
                         <w:sdtEndPr/>
                         <w:sdtContent>
                           <w:r w:rsidR="003C2DA8">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:r w:rsidR="003C2DA8">
@@ -705,67 +705,79 @@
         <w:t>noteikumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C6F4D5" w14:textId="77777777" w:rsidR="00437E67" w:rsidRDefault="008C0BBF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="754"/>
         </w:tabs>
         <w:ind w:left="316" w:right="101" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Autorizēsies darbam tikai ar viņam piešķirtajiem piekļuves tiesību rekvizītiem (lietotājvārdu un paroli).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AB6CBE" w14:textId="77777777" w:rsidR="00437E67" w:rsidRDefault="008C0BBF">
+    <w:p w14:paraId="38AB6CBE" w14:textId="514A81E4" w:rsidR="00437E67" w:rsidRDefault="008C0BBF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="754"/>
         </w:tabs>
         <w:ind w:right="103" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Persona septiņu darba dienu laikā informēs Lauksaimniecības datu centru par izmaiņām, kuru rezultātā nepieciešama piekļuves tiesību izmaiņas vai</w:t>
+        <w:t xml:space="preserve">Persona septiņu darba dienu laikā informēs </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD26B5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Lauku atbalsta dienestu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par izmaiņām, kuru rezultātā nepieciešama piekļuves tiesību izmaiņas vai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>anulēšana.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="237774F0" w14:textId="532123DD" w:rsidR="00437E67" w:rsidRPr="003F1DC3" w:rsidRDefault="008C0BBF" w:rsidP="003F1DC3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="754"/>
         </w:tabs>
@@ -1626,51 +1638,51 @@
     </w:tbl>
     <w:p w14:paraId="62F84749" w14:textId="77777777" w:rsidR="008C0BBF" w:rsidRDefault="008C0BBF"/>
     <w:sectPr w:rsidR="008C0BBF" w:rsidSect="00113E73">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1340" w:right="600" w:bottom="1134" w:left="960" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C21085A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54D4DA5A"/>
@@ -1890,50 +1902,51 @@
     <w:lvl w:ilvl="8" w:tplc="65B07888">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8397" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lv" w:eastAsia="lv" w:bidi="lv"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="972176171">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1047417162">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00437E67"/>
     <w:rsid w:val="000263CC"/>
     <w:rsid w:val="00032033"/>
     <w:rsid w:val="000A5CB0"/>
     <w:rsid w:val="00113E73"/>
     <w:rsid w:val="00116888"/>
     <w:rsid w:val="00141C9A"/>
     <w:rsid w:val="00243F17"/>
     <w:rsid w:val="002E77F5"/>
     <w:rsid w:val="003115F0"/>
     <w:rsid w:val="00372D0B"/>
@@ -1943,54 +1956,56 @@
     <w:rsid w:val="00457469"/>
     <w:rsid w:val="0047569A"/>
     <w:rsid w:val="004B6DD5"/>
     <w:rsid w:val="004F6082"/>
     <w:rsid w:val="0053387E"/>
     <w:rsid w:val="005A2495"/>
     <w:rsid w:val="005A3896"/>
     <w:rsid w:val="005B5D54"/>
     <w:rsid w:val="005B73F9"/>
     <w:rsid w:val="005D54BD"/>
     <w:rsid w:val="00611D2E"/>
     <w:rsid w:val="006A04EC"/>
     <w:rsid w:val="006F303F"/>
     <w:rsid w:val="00754B87"/>
     <w:rsid w:val="007B1BD7"/>
     <w:rsid w:val="007E65A6"/>
     <w:rsid w:val="00827D50"/>
     <w:rsid w:val="008C0BBF"/>
     <w:rsid w:val="008F4B3E"/>
     <w:rsid w:val="00932253"/>
     <w:rsid w:val="00997489"/>
     <w:rsid w:val="009B5156"/>
     <w:rsid w:val="009F3E56"/>
     <w:rsid w:val="00A67AFA"/>
     <w:rsid w:val="00A94EED"/>
+    <w:rsid w:val="00AD26B5"/>
     <w:rsid w:val="00AF2514"/>
     <w:rsid w:val="00B72C30"/>
     <w:rsid w:val="00B95AD2"/>
     <w:rsid w:val="00BC4E13"/>
+    <w:rsid w:val="00C01778"/>
     <w:rsid w:val="00C027DD"/>
     <w:rsid w:val="00C11500"/>
     <w:rsid w:val="00C12A2A"/>
     <w:rsid w:val="00C22ABE"/>
     <w:rsid w:val="00C453A8"/>
     <w:rsid w:val="00C82FDE"/>
     <w:rsid w:val="00C830AC"/>
     <w:rsid w:val="00C9492B"/>
     <w:rsid w:val="00CC5C15"/>
     <w:rsid w:val="00CD32C8"/>
     <w:rsid w:val="00CD74CE"/>
     <w:rsid w:val="00CE0919"/>
     <w:rsid w:val="00E32B6B"/>
     <w:rsid w:val="00E90222"/>
     <w:rsid w:val="00F3732A"/>
     <w:rsid w:val="00F40967"/>
     <w:rsid w:val="00F961FE"/>
     <w:rsid w:val="00FA144C"/>
     <w:rsid w:val="00FD4475"/>
     <w:rsid w:val="00FD4F6F"/>
     <w:rsid w:val="00FF7EFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -2658,51 +2673,51 @@
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Lai ievadītu tekstu, noklikšķiniet vai pieskarieties šeit.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -2717,50 +2732,51 @@
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009C1DF3"/>
     <w:rsid w:val="00094A5C"/>
     <w:rsid w:val="00095AFD"/>
     <w:rsid w:val="005525BB"/>
     <w:rsid w:val="005B5D54"/>
     <w:rsid w:val="0099002E"/>
     <w:rsid w:val="009C1DF3"/>
     <w:rsid w:val="00A57780"/>
     <w:rsid w:val="00A94EED"/>
     <w:rsid w:val="00AD5F82"/>
     <w:rsid w:val="00B200AB"/>
     <w:rsid w:val="00B938D0"/>
+    <w:rsid w:val="00C01778"/>
     <w:rsid w:val="00C12A2A"/>
     <w:rsid w:val="00C22ABE"/>
     <w:rsid w:val="00C82FDE"/>
     <w:rsid w:val="00CD32C8"/>
     <w:rsid w:val="00F3732A"/>
     <w:rsid w:val="00FB1FA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
@@ -3543,82 +3559,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D279865-4E55-4408-AA5F-7CD7C0D49DAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2276</Words>
-  <Characters>1298</Characters>
+  <Words>2273</Words>
+  <Characters>1296</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>LDC</vt:lpstr>
       <vt:lpstr>LDC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Lauksaimniecības datu centrs</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3567</CharactersWithSpaces>
+  <CharactersWithSpaces>3562</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>LDC</dc:title>
   <dc:subject>LDC</dc:subject>
   <dc:creator>LDC</dc:creator>
   <cp:keywords>LDC</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-10-26T00:00:00Z</vt:filetime>
   </property>