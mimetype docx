--- v0 (2025-10-29)
+++ v1 (2026-03-30)
@@ -27,91 +27,113 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895A1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Audzēšanas programmu saraksts, kas apstiprinātas citās dalībvalstīs un paplašinātas uz Latviju</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8AC809" w14:textId="77777777" w:rsidR="008F6B78" w:rsidRDefault="008F6B78" w:rsidP="008F6B78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0928AA55" w14:textId="77777777" w:rsidR="008F6B78" w:rsidRPr="00154C78" w:rsidRDefault="008F6B78" w:rsidP="008F6B78">
+    <w:p w14:paraId="0928AA55" w14:textId="1C95C6E0" w:rsidR="008F6B78" w:rsidRPr="00154C78" w:rsidRDefault="008F6B78" w:rsidP="008F6B78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895A1F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Audzēšanas programmu saraksts, ko veic biedrības vai ciltsdarba organizācijas, kuras ir atzītas citā dalībvalstī un ir paziņojušas Lauksaimniecības datu centram par tās ģeogrāfiskās teritorijas paplašināšanu uz Latviju saskaņā ar 12. pantu Regula (ES) 2016/1012</w:t>
+        <w:t xml:space="preserve">Audzēšanas programmu saraksts, ko veic biedrības vai ciltsdarba organizācijas, kuras ir atzītas citā dalībvalstī un ir paziņojušas </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5095">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Lauku atbalsta dienestam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par tās ģeogrāfiskās teritorijas paplašināšanu uz Latviju saskaņā ar 12. pantu Regula (ES) 2016/1012</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781B4708" w14:textId="77777777" w:rsidR="008F6B78" w:rsidRPr="00895A1F" w:rsidRDefault="008F6B78" w:rsidP="008F6B78">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F1CE892" w14:textId="77777777" w:rsidR="00FF3C59" w:rsidRDefault="008F6B78" w:rsidP="008F6B78">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895A1F">
@@ -225,51 +247,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008812F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">List of breed societies and breeding operations </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E7A17C9" w14:textId="419E4343" w:rsidR="003B0DDA" w:rsidRPr="003F5084" w:rsidRDefault="003B0DDA" w:rsidP="003F5084">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3262"/>
         <w:gridCol w:w="3889"/>
         <w:gridCol w:w="1877"/>
         <w:gridCol w:w="1566"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1937"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D722EC" w:rsidRPr="008812F7" w14:paraId="475FFFB2" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63CCB483" w14:textId="77777777" w:rsidR="00D722EC" w:rsidRPr="008812F7" w:rsidRDefault="00D722EC" w:rsidP="003B0DDA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -336,69 +358,91 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A4BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">List of breeding programmes carried out by breed societies or breeding operations which are recognized in another member state and have given notification to Latvia about the extension of its geographical territory to Latvia according to Article 64(6) or Article 12 of the Animal Breeding Regulation (EU) 2016/1012 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00D598C3" w14:textId="77777777" w:rsidR="009A4BFF" w:rsidRPr="009A4BFF" w:rsidRDefault="009A4BFF" w:rsidP="009A4BFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54320E29" w14:textId="3BD7E4FD" w:rsidR="00D722EC" w:rsidRPr="008812F7" w:rsidRDefault="009A4BFF" w:rsidP="009A4BFF">
+          <w:p w14:paraId="54320E29" w14:textId="68FAF71B" w:rsidR="00D722EC" w:rsidRPr="008812F7" w:rsidRDefault="009A4BFF" w:rsidP="009A4BFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A4BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Audzēšanas programmu saraksts, ko veic biedrības vai ciltsdarba organizācijas, kuras ir atzītas citā dalībvalstī un ir paziņojušas Lauksaimniecības datu centram par tās ģeogrāfiskās teritorijas paplašināšanu uz Latviju saskaņā ar 12. pantu Regula (ES) 2016/1012</w:t>
+              <w:t xml:space="preserve">Audzēšanas programmu saraksts, ko veic biedrības vai ciltsdarba organizācijas, kuras ir atzītas citā dalībvalstī un ir paziņojušas </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB5095">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Lauku atbalsta dienestam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A4BFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par tās ģeogrāfiskās teritorijas paplašināšanu uz Latviju saskaņā ar 12. pantu Regula (ES) 2016/1012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F562898" w14:textId="77777777" w:rsidR="00D722EC" w:rsidRPr="008812F7" w:rsidRDefault="00D722EC" w:rsidP="003B0DDA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95785" w:rsidRPr="008812F7" w14:paraId="76324F15" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48E13D82" w14:textId="029E16D1" w:rsidR="00B6139D" w:rsidRPr="008812F7" w:rsidRDefault="00B6139D" w:rsidP="008733B6">
             <w:pPr>
@@ -3554,265 +3598,101 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE67A6" w:rsidRPr="008812F7" w14:paraId="19FD0325" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D68B3C5" w14:textId="11087411" w:rsidR="00AE67A6" w:rsidRPr="008F682B" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F682B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>“Vereniging Nederlands Welsh Pony en Cob Stamboek (NWPCS)”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3889" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C56FEB" w14:textId="28305D4A" w:rsidR="00AE67A6" w:rsidRPr="008F682B" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008F682B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...152 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Welsh pony </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> cobs</w:t>
+              <w:t>Welsh pony en cobs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0563852F" w14:textId="3845BE6A" w:rsidR="00AE67A6" w:rsidRPr="00963AB9" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00963AB9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Netherlands</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1566" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55F90462" w14:textId="2CEED773" w:rsidR="00AE67A6" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>05.12.2024.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D2A192A" w14:textId="77777777" w:rsidR="00AE67A6" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
@@ -3835,121 +3715,57 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE67A6" w:rsidRPr="008812F7" w14:paraId="2C815226" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50333342" w14:textId="1CAFABC8" w:rsidR="00AE67A6" w:rsidRPr="0006732D" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0006732D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Asociación</w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> de Caballos de PRE (ANCCE)</w:t>
+              <w:t>Asociación Nacional de Criadores de Caballos de PRE (ANCCE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3889" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5742444A" w14:textId="1A5DD4E0" w:rsidR="00AE67A6" w:rsidRPr="00963AB9" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00963AB9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ESPAÑOLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4427,133 +4243,98 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE67A6" w:rsidRPr="008812F7" w14:paraId="3D9A7474" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="521C3EA2" w14:textId="37484541" w:rsidR="00AE67A6" w:rsidRPr="0006732D" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006732D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studbook </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Studbook Zangersheide vzw</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3889" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="209BA305" w14:textId="6A95A048" w:rsidR="00AE67A6" w:rsidRPr="0006732D" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0006732D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Zangersheide</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DC9CC50" w14:textId="0932E9EA" w:rsidR="00AE67A6" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Belgium</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1566" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11AFD635" w14:textId="01445DE0" w:rsidR="00AE67A6" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.12. 2000.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4589,226 +4370,130 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE67A6" w:rsidRPr="008812F7" w14:paraId="6B7A4781" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D491917" w14:textId="0D990C90" w:rsidR="00AE67A6" w:rsidRPr="0006732D" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Estonian </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Estonian Native Horse Breeders Society</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3889" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1244130F" w14:textId="77777777" w:rsidR="00AE67A6" w:rsidRPr="006B2209" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B2209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Native</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Estonian native horse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28547773" w14:textId="14E5A88D" w:rsidR="00AE67A6" w:rsidRPr="0006732D" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B2209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>https://eestihobu.ee/sailitusprogramm/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B92723E" w14:textId="77777777" w:rsidR="00AE67A6" w:rsidRPr="006B2209" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B2209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Horse</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Estonia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B77466D" w14:textId="3DD9F500" w:rsidR="00AE67A6" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B2209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...135 lines deleted...]
-              </w:rPr>
               <w:t>Finland</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1566" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39D5A0A9" w14:textId="5E25A174" w:rsidR="00AE67A6" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2209">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30.01.2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4855,244 +4540,74 @@
           <w:p w14:paraId="4A1FE6BE" w14:textId="77777777" w:rsidR="00AE67A6" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C028E5C" w14:textId="497FE278" w:rsidR="00AE67A6" w:rsidRPr="00A420ED" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006665FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="444444"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Purebred</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Purebred pig species and hybrid breeding p</w:t>
+            </w:r>
             <w:r w:rsidRPr="006665FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="444444"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...164 lines deleted...]
-                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>igs</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE67A6" w:rsidRPr="008812F7" w14:paraId="2606A12C" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C26F0E5" w14:textId="69944A0C" w:rsidR="00AE67A6" w:rsidRPr="005A3524" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3524">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6075,77 +5590,55 @@
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> species</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE67A6" w:rsidRPr="008812F7" w14:paraId="33B024FB" w14:textId="77777777" w:rsidTr="00AE67A6">
         <w:trPr>
           <w:trHeight w:val="834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FA3D897" w14:textId="043EFB8F" w:rsidR="00AE67A6" w:rsidRPr="005A3524" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Irish</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Angus Association</w:t>
+              <w:t>Irish Angus Aberdeen Angus Association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3889" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BB8E5BC" w14:textId="2041F292" w:rsidR="00AE67A6" w:rsidRPr="008812F7" w:rsidRDefault="00AE67A6" w:rsidP="00AE67A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Irish Aberdeen Angus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6220,82 +5713,82 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="205D7E39" w14:textId="77777777" w:rsidR="003B0DDA" w:rsidRPr="006C3151" w:rsidRDefault="003B0DDA" w:rsidP="003B0DDA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003B0DDA" w:rsidRPr="006C3151" w:rsidSect="00A42A4C">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2508705D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82707C6A"/>
     <w:lvl w:ilvl="0" w:tplc="04260017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -6448,51 +5941,50 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="44522689">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="638657293">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00007DE9"/>
     <w:rsid w:val="00007DE9"/>
     <w:rsid w:val="00010989"/>
     <w:rsid w:val="00022DF7"/>
     <w:rsid w:val="00030462"/>
     <w:rsid w:val="00031DFB"/>
     <w:rsid w:val="000417A0"/>
     <w:rsid w:val="00050E2D"/>
     <w:rsid w:val="00063F90"/>
     <w:rsid w:val="0006732D"/>
     <w:rsid w:val="000A3C17"/>
     <w:rsid w:val="000A4215"/>
     <w:rsid w:val="000B0643"/>
     <w:rsid w:val="000B14EA"/>
@@ -6577,50 +6069,51 @@
     <w:rsid w:val="005E3177"/>
     <w:rsid w:val="00610A25"/>
     <w:rsid w:val="00621FBB"/>
     <w:rsid w:val="006224A0"/>
     <w:rsid w:val="006304B5"/>
     <w:rsid w:val="00633540"/>
     <w:rsid w:val="006665FE"/>
     <w:rsid w:val="006B2209"/>
     <w:rsid w:val="006C3151"/>
     <w:rsid w:val="006D6AAC"/>
     <w:rsid w:val="00715A6C"/>
     <w:rsid w:val="00731EF9"/>
     <w:rsid w:val="007573D9"/>
     <w:rsid w:val="00765458"/>
     <w:rsid w:val="00773F4B"/>
     <w:rsid w:val="00774E1E"/>
     <w:rsid w:val="007915AE"/>
     <w:rsid w:val="00792711"/>
     <w:rsid w:val="00797B2E"/>
     <w:rsid w:val="007A299E"/>
     <w:rsid w:val="007B0C61"/>
     <w:rsid w:val="007C2CD0"/>
     <w:rsid w:val="007D14B8"/>
     <w:rsid w:val="007D2C9E"/>
     <w:rsid w:val="007F489C"/>
+    <w:rsid w:val="007F6146"/>
     <w:rsid w:val="00834207"/>
     <w:rsid w:val="0084600E"/>
     <w:rsid w:val="008733B6"/>
     <w:rsid w:val="008812F7"/>
     <w:rsid w:val="00883F0B"/>
     <w:rsid w:val="008860CA"/>
     <w:rsid w:val="008A4446"/>
     <w:rsid w:val="008A5311"/>
     <w:rsid w:val="008B697B"/>
     <w:rsid w:val="008B70F4"/>
     <w:rsid w:val="008C2068"/>
     <w:rsid w:val="008D7CD3"/>
     <w:rsid w:val="008F682B"/>
     <w:rsid w:val="008F6B78"/>
     <w:rsid w:val="00903428"/>
     <w:rsid w:val="009552F9"/>
     <w:rsid w:val="00962FDC"/>
     <w:rsid w:val="009759C5"/>
     <w:rsid w:val="00993FE0"/>
     <w:rsid w:val="00993FEC"/>
     <w:rsid w:val="009A4BFF"/>
     <w:rsid w:val="009A7E93"/>
     <w:rsid w:val="009B59E9"/>
     <w:rsid w:val="009F4B35"/>
     <w:rsid w:val="00A04B88"/>
@@ -6675,50 +6168,51 @@
     <w:rsid w:val="00D534F8"/>
     <w:rsid w:val="00D55AD7"/>
     <w:rsid w:val="00D722EC"/>
     <w:rsid w:val="00D7539E"/>
     <w:rsid w:val="00D76C99"/>
     <w:rsid w:val="00D8087D"/>
     <w:rsid w:val="00D86472"/>
     <w:rsid w:val="00D94008"/>
     <w:rsid w:val="00D94345"/>
     <w:rsid w:val="00DC0BA7"/>
     <w:rsid w:val="00DC187C"/>
     <w:rsid w:val="00DC66AD"/>
     <w:rsid w:val="00DC7B65"/>
     <w:rsid w:val="00DD4D41"/>
     <w:rsid w:val="00E04CAC"/>
     <w:rsid w:val="00E13604"/>
     <w:rsid w:val="00E24643"/>
     <w:rsid w:val="00E2741A"/>
     <w:rsid w:val="00E439BA"/>
     <w:rsid w:val="00E5178B"/>
     <w:rsid w:val="00E54E6E"/>
     <w:rsid w:val="00E66FB0"/>
     <w:rsid w:val="00E87725"/>
     <w:rsid w:val="00EA1954"/>
     <w:rsid w:val="00EA4751"/>
+    <w:rsid w:val="00EB5095"/>
     <w:rsid w:val="00EC4BF2"/>
     <w:rsid w:val="00ED62EA"/>
     <w:rsid w:val="00F04B0C"/>
     <w:rsid w:val="00F07D60"/>
     <w:rsid w:val="00F1126B"/>
     <w:rsid w:val="00F32B37"/>
     <w:rsid w:val="00F32EB9"/>
     <w:rsid w:val="00F47E2C"/>
     <w:rsid w:val="00F66F32"/>
     <w:rsid w:val="00F8308F"/>
     <w:rsid w:val="00F92AE3"/>
     <w:rsid w:val="00FE10C8"/>
     <w:rsid w:val="00FF3C59"/>
     <w:rsid w:val="00FF565B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -7114,147 +6608,148 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000B0643"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00B6139D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="008F6B78"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTMLiepriekformattais">
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="HTMLiepriekformattaisRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F1126B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLiepriekformattaisRakstz">
-[...2 lines deleted...]
-    <w:link w:val="HTMLiepriekformattais"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F1126B"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="209198165">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7565,54 +7060,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B908EA9-93E4-418D-B62E-4CE16F0F1FF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>985</Words>
-  <Characters>5616</Characters>
+  <Words>4198</Words>
+  <Characters>2393</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
+  <Lines>19</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Zemkopības Ministrija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6588</CharactersWithSpaces>
+  <CharactersWithSpaces>6578</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sandra Justa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>